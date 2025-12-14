--- v0 (2025-10-08)
+++ v1 (2025-12-14)
@@ -16,824 +16,1388 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="04F8C4A4" w14:textId="025862C9" w:rsidR="0052004A" w:rsidRPr="00D6372B" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+    <w:p w14:paraId="04F8C4A4" w14:textId="025862C9" w:rsidR="0052004A" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D6372B">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Gesuchformular um Nachteilsausgleich</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BB71CB9" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRDefault="00D6372B" w:rsidP="00E5074C"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6BB71CB9" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03B64333" w14:textId="6780073C" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="002B4912" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Für </w:t>
       </w:r>
-      <w:r w:rsidR="00D811C5">
+      <w:r w:rsidR="00D811C5" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">die Berufsprüfung </w:t>
       </w:r>
-      <w:r w:rsidR="00D6372B">
+      <w:r w:rsidR="00D6372B" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Schneesportlehrperson mit eidg. Fachausweis </w:t>
       </w:r>
-      <w:r w:rsidR="00D811C5">
-[...4 lines deleted...]
-    <w:p w14:paraId="1948F27B" w14:textId="23B17DBD" w:rsidR="00FB700E" w:rsidRPr="00FB700E" w:rsidRDefault="00FB700E" w:rsidP="00FB700E">
+      <w:r w:rsidR="00D811C5" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F117C1" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55F95E23" w14:textId="77777777" w:rsidR="00FB700E" w:rsidRPr="00DE4233" w:rsidRDefault="00FB700E" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1948F27B" w14:textId="23B17DBD" w:rsidR="00FB700E" w:rsidRPr="00DE4233" w:rsidRDefault="00FB700E" w:rsidP="00FB700E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-          <w:szCs w:val="20"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FB700E">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inklusion bedeutet für uns, Vielfalt zu schätzen, Barrieren abzubauen und eine Umgebung zu schaffen, in der sich </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DE4233">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00FB700E">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>jede:r</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DE4233">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-          <w:szCs w:val="20"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1E8B09FD" w14:textId="77777777" w:rsidR="00FB700E" w:rsidRPr="00FB700E" w:rsidRDefault="00FB700E" w:rsidP="00FB700E">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> willkommen und wertgeschätzt fühlt. Benötigst du einen Nachteilsausgleich? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E8B09FD" w14:textId="77777777" w:rsidR="00FB700E" w:rsidRPr="00DE4233" w:rsidRDefault="00FB700E" w:rsidP="00FB700E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="20"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6A344310" w14:textId="5D14AD8B" w:rsidR="00FB700E" w:rsidRPr="00FB700E" w:rsidRDefault="00FB700E" w:rsidP="00E5074C">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A344310" w14:textId="0E15638A" w:rsidR="00FB700E" w:rsidRPr="00DE4233" w:rsidRDefault="00FB700E" w:rsidP="00E5074C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="20"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FB700E">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Dann sende uns das vollständig ausgefüllte und unterschriebene Formular mit den nötigen Beilagen bis spätestens </w:t>
       </w:r>
-      <w:r w:rsidR="009A4D2E">
+      <w:r w:rsidR="009A4D2E" w:rsidRPr="00DE4233">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">am </w:t>
       </w:r>
-      <w:r w:rsidRPr="009A4D2E">
+      <w:r w:rsidR="00F117C1" w:rsidRPr="00DE4233">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...49 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>05</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE4233">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D6372B">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.06.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F117C1" w:rsidRPr="00DE4233">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE4233">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="6E2722AB" w14:textId="449EA909" w:rsidR="008973D1" w:rsidRDefault="00D6372B" w:rsidP="008973D1">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 12.00 Uhr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per Mail an: bp-bf@snowsports.c</w:t>
+      </w:r>
+      <w:r w:rsidR="009A4D2E" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Wir werden uns danach für ein persönliches Gespräch bei dir melden. Bei Fragen kannst du dich jederzeit unter +41 31 810 41 11 an uns wenden.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E2695AE" w14:textId="77777777" w:rsidR="00FB700E" w:rsidRPr="00DE4233" w:rsidRDefault="00FB700E" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D6DC595" w14:textId="3675D280" w:rsidR="00D811C5" w:rsidRPr="00DE4233" w:rsidRDefault="00D811C5" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Das Gesuch wird während der Anmeldephase für die Prüfung gestellt. Es ist nur für die Prüfungssession des betreffenden Jahres gültig. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D15639D" w14:textId="7693A12D" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21812724" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64574F26" w14:textId="7672BC06" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Personalien </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="799FDED1" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E2722AB" w14:textId="449EA909" w:rsidR="008973D1" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="008973D1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Name</w:t>
       </w:r>
-      <w:r w:rsidR="008973D1">
+      <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="008973D1">
+      <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
           <w:id w:val="531468470"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008973D1" w:rsidRPr="006156AA">
+          <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="32A97F6E" w14:textId="2DD50AB6" w:rsidR="00D6372B" w:rsidRDefault="00D6372B" w:rsidP="008973D1">
+    <w:p w14:paraId="32A97F6E" w14:textId="2DD50AB6" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="008973D1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Vorname</w:t>
       </w:r>
-      <w:r w:rsidR="008973D1">
+      <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="008973D1">
+      <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
           <w:id w:val="-482854387"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008973D1" w:rsidRPr="006156AA">
+          <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="4B1DCD1B" w14:textId="0804479B" w:rsidR="00D6372B" w:rsidRDefault="00D6372B" w:rsidP="008973D1">
+    <w:p w14:paraId="4B1DCD1B" w14:textId="0804479B" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="008973D1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Adresse</w:t>
       </w:r>
-      <w:r w:rsidR="008973D1">
+      <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="008973D1">
+      <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
           <w:id w:val="-1535576369"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00D811C5" w:rsidRPr="006156AA">
+          <w:r w:rsidR="00D811C5" w:rsidRPr="00DE4233">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="372D779D" w14:textId="4C2E0C32" w:rsidR="008973D1" w:rsidRDefault="00D6372B" w:rsidP="008973D1">
+    <w:p w14:paraId="372D779D" w14:textId="4C2E0C32" w:rsidR="008973D1" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="008973D1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>PLZ</w:t>
       </w:r>
-      <w:r w:rsidR="008973D1">
+      <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="008973D1">
+      <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
           <w:id w:val="-845244360"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008973D1" w:rsidRPr="006156AA">
+          <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="53860AC0" w14:textId="24EEF83B" w:rsidR="00D6372B" w:rsidRDefault="00D6372B" w:rsidP="008973D1">
+    <w:p w14:paraId="53860AC0" w14:textId="24EEF83B" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="008973D1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Ort</w:t>
       </w:r>
-      <w:r w:rsidR="008973D1">
+      <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="008973D1">
+      <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
           <w:id w:val="-1203165295"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008973D1" w:rsidRPr="006156AA">
+          <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="7C11F290" w14:textId="5B7A2A6D" w:rsidR="008973D1" w:rsidRDefault="00D6372B" w:rsidP="008973D1">
+    <w:p w14:paraId="7C11F290" w14:textId="5B7A2A6D" w:rsidR="008973D1" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="008973D1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Telefon</w:t>
       </w:r>
-      <w:r w:rsidR="008973D1">
+      <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="008973D1">
+      <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
           <w:id w:val="-1344465468"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008973D1" w:rsidRPr="006156AA">
+          <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="32B06174" w14:textId="2AEF79E5" w:rsidR="00D6372B" w:rsidRDefault="008973D1" w:rsidP="008973D1">
+    <w:p w14:paraId="32B06174" w14:textId="2AEF79E5" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="008973D1" w:rsidP="008973D1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>E-Mail:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
           <w:id w:val="1919752620"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="006156AA">
+          <w:r w:rsidRPr="00DE4233">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="4DD336B8" w14:textId="391689BE" w:rsidR="00D6372B" w:rsidRDefault="00D6372B" w:rsidP="008973D1">
+    <w:p w14:paraId="4DD336B8" w14:textId="391689BE" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="008973D1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Geburtsdatum</w:t>
       </w:r>
-      <w:r w:rsidR="008973D1">
+      <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="008973D1">
+      <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
           <w:id w:val="-1772460630"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="008973D1" w:rsidRPr="006156AA">
+          <w:r w:rsidR="008973D1" w:rsidRPr="00DE4233">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="740BA131" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRDefault="00D6372B" w:rsidP="00E5074C"/>
-    <w:p w14:paraId="44DC0303" w14:textId="4FD34108" w:rsidR="00D6372B" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+    <w:p w14:paraId="740BA131" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44DC0303" w14:textId="4FD34108" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D6372B">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Leistungsbeeinträchtigung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506C1E37" w14:textId="77777777" w:rsidR="00D811C5" w:rsidRDefault="00D811C5" w:rsidP="00E5074C">
+    <w:p w14:paraId="506C1E37" w14:textId="77777777" w:rsidR="00D811C5" w:rsidRPr="00DE4233" w:rsidRDefault="00D811C5" w:rsidP="00E5074C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="682BBA2F" w14:textId="20BBFB88" w:rsidR="00D811C5" w:rsidRPr="00D811C5" w:rsidRDefault="00D811C5" w:rsidP="00E5074C">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="682BBA2F" w14:textId="20BBFB88" w:rsidR="00D811C5" w:rsidRPr="00DE4233" w:rsidRDefault="00D811C5" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk194483422"/>
-      <w:r w:rsidRPr="00D811C5">
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Art der Leistungsbeeinträchtigung: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
           <w:id w:val="578409851"/>
           <w:placeholder>
             <w:docPart w:val="F4BC304C4E1D480D9E0BE8ED5FA5198D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="006156AA">
+          <w:r w:rsidRPr="00DE4233">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="158A98AC" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRDefault="00D6372B" w:rsidP="00E5074C"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="158A98AC" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55F9CA58" w14:textId="2BE97BE2" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Gutachten vom: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
           <w:id w:val="-588695873"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00087366" w:rsidRPr="006156AA">
+          <w:r w:rsidR="00087366" w:rsidRPr="00DE4233">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
         <w:t>Fachperson</w:t>
       </w:r>
-      <w:r w:rsidR="00087366">
+      <w:r w:rsidR="00087366" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
           <w:id w:val="-1844001554"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00087366" w:rsidRPr="006156AA">
+          <w:r w:rsidR="00087366" w:rsidRPr="00DE4233">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="721BF729" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRDefault="00D6372B" w:rsidP="00E5074C"/>
-    <w:p w14:paraId="50FD0886" w14:textId="5ADC486C" w:rsidR="00D811C5" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+    <w:p w14:paraId="721BF729" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50FD0886" w14:textId="5ADC486C" w:rsidR="00D811C5" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D6372B">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Beantragter Nachteilsausgleich</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39AD7F14" w14:textId="77777777" w:rsidR="00D811C5" w:rsidRDefault="00D811C5" w:rsidP="00E5074C">
+    <w:p w14:paraId="39AD7F14" w14:textId="77777777" w:rsidR="00D811C5" w:rsidRPr="00DE4233" w:rsidRDefault="00D811C5" w:rsidP="00E5074C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="390FE5DF" w14:textId="66D9E4FF" w:rsidR="00D811C5" w:rsidRDefault="00D811C5" w:rsidP="00E5074C">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="390FE5DF" w14:textId="66D9E4FF" w:rsidR="00D811C5" w:rsidRPr="00DE4233" w:rsidRDefault="00D811C5" w:rsidP="00E5074C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Prüfungsteil: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-1393804123"/>
           <w:placeholder>
             <w:docPart w:val="781E11AAED8045F48E84EE1E1F6B1981"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidRPr="006156AA">
+          <w:r w:rsidRPr="00DE4233">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="423D8C83" w14:textId="0CFA1F33" w:rsidR="00D6372B" w:rsidRPr="00D811C5" w:rsidRDefault="00D811C5" w:rsidP="00E5074C">
+    <w:p w14:paraId="423D8C83" w14:textId="0CFA1F33" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D811C5" w:rsidP="00E5074C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Art und Umfang des Nachteilsausgleichs:</w:t>
       </w:r>
-      <w:r w:rsidR="00087366">
+      <w:r w:rsidR="00087366" w:rsidRPr="00DE4233">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:id w:val="-333071264"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00087366" w:rsidRPr="006156AA">
+          <w:r w:rsidR="00087366" w:rsidRPr="00DE4233">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2E650DF0" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRDefault="00D6372B" w:rsidP="00E5074C"/>
-    <w:p w14:paraId="7242086F" w14:textId="5EB18230" w:rsidR="00D6372B" w:rsidRPr="00D6372B" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+    <w:p w14:paraId="2E650DF0" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7242086F" w14:textId="5EB18230" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D6372B">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Begründung</w:t>
       </w:r>
-      <w:r w:rsidR="00D811C5">
+      <w:r w:rsidR="00D811C5" w:rsidRPr="00DE4233">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="445EF126" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRDefault="00D6372B" w:rsidP="00E5074C"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="445EF126" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="491E6B0B" w14:textId="76F1DFD1" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Bitte begründe, weshalb du einen Nachteilsausgleich beantragst und gib konkret und detailliert an, was du als Person benötigst, um den Nachteil ausgleichen zu können</w:t>
       </w:r>
-      <w:r w:rsidR="00087366">
+      <w:r w:rsidR="00087366" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:id w:val="2105767587"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="61C9486D" w14:textId="4C28B90B" w:rsidR="00087366" w:rsidRDefault="00087366" w:rsidP="00E5074C">
-          <w:r w:rsidRPr="006156AA">
+        <w:p w14:paraId="61C9486D" w14:textId="4C28B90B" w:rsidR="00087366" w:rsidRPr="00DE4233" w:rsidRDefault="00087366" w:rsidP="00E5074C">
+          <w:pPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00DE4233">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="40D5117F" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRDefault="00D6372B" w:rsidP="00E5074C"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="04AEF6DB" w14:textId="245A5DFE" w:rsidR="00D6372B" w:rsidRPr="00D6372B" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+    <w:p w14:paraId="40D5117F" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1343F2AC" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04AEF6DB" w14:textId="245A5DFE" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D6372B">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Beilagen</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:id w:val="-1607723070"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w14:paraId="2C225CA9" w14:textId="63EA969C" w:rsidR="00D6372B" w:rsidRDefault="00087366" w:rsidP="00E5074C">
-          <w:r w:rsidRPr="006156AA">
+        <w:p w14:paraId="2C225CA9" w14:textId="63EA969C" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00087366" w:rsidP="00E5074C">
+          <w:pPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00DE4233">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="4C011F09" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRDefault="00D6372B" w:rsidP="00E5074C"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4C011F09" w14:textId="77777777" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="022948F5" w14:textId="728B9528" w:rsidR="00087366" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Mit meiner Unterschrift bestätige ich, dass alle Angaben auf dem Anmeldeformular korrekt ausgefüllt sind. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="386B72D2" w14:textId="77777777" w:rsidR="00087366" w:rsidRDefault="00087366" w:rsidP="00E5074C"/>
-[...2 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="386B72D2" w14:textId="77777777" w:rsidR="00087366" w:rsidRPr="00DE4233" w:rsidRDefault="00087366" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C145131" w14:textId="77777777" w:rsidR="00087366" w:rsidRPr="00DE4233" w:rsidRDefault="00087366" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F1E9182" w14:textId="3C1523EB" w:rsidR="00087366" w:rsidRPr="00DE4233" w:rsidRDefault="00D6372B" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Ort / Datum</w:t>
       </w:r>
-      <w:r w:rsidR="00087366">
+      <w:r w:rsidR="00087366" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00087366">
+      <w:r w:rsidR="00087366" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00087366">
+      <w:r w:rsidR="00087366" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00087366">
+      <w:r w:rsidR="00087366" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00087366">
+      <w:r w:rsidR="00087366" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00087366">
+      <w:r w:rsidR="00087366" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
         <w:t>Unterschrift</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F7D8BCC" w14:textId="0276D045" w:rsidR="00D6372B" w:rsidRPr="00D50EF0" w:rsidRDefault="00000000" w:rsidP="00E5074C">
+    <w:p w14:paraId="3F7D8BCC" w14:textId="0276D045" w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidRDefault="00DE4233" w:rsidP="00E5074C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
           <w:id w:val="1754696571"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00087366" w:rsidRPr="006156AA">
+          <w:r w:rsidR="00087366" w:rsidRPr="00DE4233">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00D6372B">
+      <w:r w:rsidR="00D6372B" w:rsidRPr="00DE4233">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
           <w:id w:val="-852181630"/>
           <w:showingPlcHdr/>
           <w:picture/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00087366">
+          <w:r w:rsidR="00087366" w:rsidRPr="00DE4233">
             <w:rPr>
               <w:noProof/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1331438B" wp14:editId="223265C4">
                 <wp:extent cx="1525270" cy="1525270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="1" name="Bild 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId11">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
@@ -843,51 +1407,51 @@
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1525270" cy="1525270"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:sectPr w:rsidR="00D6372B" w:rsidRPr="00D50EF0" w:rsidSect="002205C6">
+    <w:sectPr w:rsidR="00D6372B" w:rsidRPr="00DE4233" w:rsidSect="002205C6">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1560" w:right="851" w:bottom="1134" w:left="1701" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7887ECA0" w14:textId="77777777" w:rsidR="00C648F0" w:rsidRDefault="00C648F0" w:rsidP="00C56EF2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="03E36E57" w14:textId="77777777" w:rsidR="00C648F0" w:rsidRDefault="00C648F0" w:rsidP="00C56EF2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -1264,50 +1828,51 @@
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="560093898">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1006711268">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D6372B"/>
@@ -1332,58 +1897,61 @@
     <w:rsid w:val="00631ED5"/>
     <w:rsid w:val="006C4F3D"/>
     <w:rsid w:val="00753BBF"/>
     <w:rsid w:val="007850DB"/>
     <w:rsid w:val="00785642"/>
     <w:rsid w:val="007E6B47"/>
     <w:rsid w:val="00810829"/>
     <w:rsid w:val="008339F6"/>
     <w:rsid w:val="00892B88"/>
     <w:rsid w:val="008973D1"/>
     <w:rsid w:val="008B1AE1"/>
     <w:rsid w:val="0093464F"/>
     <w:rsid w:val="009A4D2E"/>
     <w:rsid w:val="00A2624F"/>
     <w:rsid w:val="00AC502A"/>
     <w:rsid w:val="00AD12C3"/>
     <w:rsid w:val="00AF33F6"/>
     <w:rsid w:val="00B00C66"/>
     <w:rsid w:val="00B3387A"/>
     <w:rsid w:val="00BC19DD"/>
     <w:rsid w:val="00C56EF2"/>
     <w:rsid w:val="00C648F0"/>
     <w:rsid w:val="00C66193"/>
     <w:rsid w:val="00C77831"/>
     <w:rsid w:val="00CB4191"/>
+    <w:rsid w:val="00CE1101"/>
     <w:rsid w:val="00D35239"/>
     <w:rsid w:val="00D50EF0"/>
     <w:rsid w:val="00D6372B"/>
     <w:rsid w:val="00D811C5"/>
+    <w:rsid w:val="00DE4233"/>
     <w:rsid w:val="00E121BC"/>
     <w:rsid w:val="00E15575"/>
     <w:rsid w:val="00E5074C"/>
     <w:rsid w:val="00E72F6B"/>
+    <w:rsid w:val="00F117C1"/>
     <w:rsid w:val="00F40774"/>
     <w:rsid w:val="00F70691"/>
     <w:rsid w:val="00FB700E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -2659,50 +3227,51 @@
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BE0FD7"/>
     <w:rsid w:val="002506C3"/>
     <w:rsid w:val="003E7983"/>
     <w:rsid w:val="005E3B9C"/>
     <w:rsid w:val="005F6913"/>
     <w:rsid w:val="006B2308"/>
     <w:rsid w:val="006C4F3D"/>
     <w:rsid w:val="00787583"/>
     <w:rsid w:val="00BC19DD"/>
     <w:rsid w:val="00BD26B6"/>
     <w:rsid w:val="00BE0FD7"/>
     <w:rsid w:val="00CB4191"/>
     <w:rsid w:val="00CC39D7"/>
+    <w:rsid w:val="00CE1101"/>
     <w:rsid w:val="00D72C4C"/>
     <w:rsid w:val="00E121BC"/>
     <w:rsid w:val="00EB1501"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -3452,206 +4021,204 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7ee8739d-4b50-4794-9598-834086bbd745">
+    <TaxCatchAll xmlns="46818493-bec1-41d7-960b-0f194f1e91f6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="41950c53-305e-4b2f-afd8-d6efe2071379">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="46818493-bec1-41d7-960b-0f194f1e91f6" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-    <xsd:import namespace="7ee8739d-4b50-4794-9598-834086bbd745"/>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100022D1A940ACCB14BAE85850C8C99A85A" ma:contentTypeVersion="16" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="c485383758da6225720566b83936d7c9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="41950c53-305e-4b2f-afd8-d6efe2071379" xmlns:ns3="46818493-bec1-41d7-960b-0f194f1e91f6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="57191169bf7df8525db62e708acc1c52" ns2:_="" ns3:_="">
+    <xsd:import namespace="41950c53-305e-4b2f-afd8-d6efe2071379"/>
     <xsd:import namespace="46818493-bec1-41d7-960b-0f194f1e91f6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ee8739d-4b50-4794-9598-834086bbd745" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="41950c53-305e-4b2f-afd8-d6efe2071379" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="13" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8c601a9a-0a90-4571-9dab-b85a2d4c7ac3" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8c601a9a-0a90-4571-9dab-b85a2d4c7ac3" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceBillingMetadata" ma:index="24" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="46818493-bec1-41d7-960b-0f194f1e91f6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Freigegeben für" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Freigegeben für - Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{3e7cb7a3-ec38-4791-9e3d-b9f581b5a0b2}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="46818493-bec1-41d7-960b-0f194f1e91f6">
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{3e7cb7a3-ec38-4791-9e3d-b9f581b5a0b2}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="46818493-bec1-41d7-960b-0f194f1e91f6">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhaltstyp"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -3718,135 +4285,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18D6288F-887C-40CC-9E8A-67F235E9E161}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE898CCA-3A35-4DB8-AD3A-4855915D82CF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A74AD107-5339-4DAF-B317-4715223AEF0A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="7ee8739d-4b50-4794-9598-834086bbd745"/>
     <ds:schemaRef ds:uri="46818493-bec1-41d7-960b-0f194f1e91f6"/>
+    <ds:schemaRef ds:uri="41950c53-305e-4b2f-afd8-d6efe2071379"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9B310EB-FD87-496A-B9E8-C50487777D38}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31501D57-7F84-4C3E-A2A5-101994035F9D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="7ee8739d-4b50-4794-9598-834086bbd745"/>
+    <ds:schemaRef ds:uri="41950c53-305e-4b2f-afd8-d6efe2071379"/>
     <ds:schemaRef ds:uri="46818493-bec1-41d7-960b-0f194f1e91f6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>1</Pages>
   <Words>299</Words>
   <Characters>1886</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2181</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Adina Krähenbühl</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100A12151A1336D24459494BDCFC447AC52</vt:lpwstr>
+    <vt:lpwstr>0x010100022D1A940ACCB14BAE85850C8C99A85A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>