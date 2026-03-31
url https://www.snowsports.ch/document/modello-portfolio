--- v0 (2026-01-24)
+++ v1 (2026-03-31)
@@ -296,273 +296,125 @@
     </w:tbl>
     <w:p w14:paraId="155A9409" w14:textId="6A7AB28B" w:rsidR="00173AEE" w:rsidRPr="00AF50F0" w:rsidRDefault="00C03D04" w:rsidP="00BB2098">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00381A05" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Obiettivo del portfolio personale</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D50495B" w14:textId="13094A67" w:rsidR="00381A05" w:rsidRPr="00D876EE" w:rsidRDefault="00381A05" w:rsidP="00381A05">
-[...175 lines deleted...]
-      <w:r w:rsidR="00E12CEF" w:rsidRPr="00D876EE">
+    <w:p w14:paraId="3D50495B" w14:textId="708EA6C4" w:rsidR="00381A05" w:rsidRPr="00AF50F0" w:rsidRDefault="00381A05" w:rsidP="00381A05">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>Il portfolio personale ha l'obiettivo di approfondire la tua esperienza professionale e il tuo ruolo di professionista. A tal fine, lavorerai con compiti pratici predefiniti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C1AEAD2" w14:textId="139A62C0" w:rsidR="00381A05" w:rsidRPr="00AF50F0" w:rsidRDefault="00381A05" w:rsidP="00381A05">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nel portfolio dimostri di essere in grado di riflettere sulle tue attività professionali, di riconoscere la necessità di </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF50F0">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ulteriore </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sviluppo e di attuare misure adeguate </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>per la</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tua pratica. A tal fine, descriverai e documenterai le tue competenze in tutti i campi di competenze operative (vedi guida all'esame professionale). Queste le preparerai in forma scritta, chiaramente strutturata e ben ponderata. Alla fine, ne ricaverai gli elementi per il tuo sviluppo personale continuo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FAF4E0F" w14:textId="5A353EB7" w:rsidR="00381A05" w:rsidRPr="00AF50F0" w:rsidRDefault="00381A05" w:rsidP="00381A05">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il portfolio personale si riferisce sempre a situazioni reali della tua pratica professionale. Per ogni caso pratico troverai aree </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12CEF" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">di applicazione </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D876EE">
-[...39 lines deleted...]
-        <w:t>analisi.</w:t>
+      <w:r w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>e domande guida. Le domande guida ti aiuteranno a strutturare la tua analisi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BF6A212" w14:textId="77777777" w:rsidR="00381A05" w:rsidRPr="00AF50F0" w:rsidRDefault="00381A05" w:rsidP="00DE1DC4">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EBBC13E" w14:textId="77777777" w:rsidR="00195E21" w:rsidRPr="00AF50F0" w:rsidRDefault="00195E21" w:rsidP="00BB2098">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23F1274A" w14:textId="64D54514" w:rsidR="00195E21" w:rsidRPr="00AF50F0" w:rsidRDefault="00E12CEF" w:rsidP="00BB2098">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
@@ -916,87 +768,69 @@
             </w:r>
             <w:r w:rsidR="003A0CA1" w:rsidRPr="00AF50F0">
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF50F0">
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FC721AB" w14:textId="769E1925" w:rsidR="00195E21" w:rsidRPr="00AF50F0" w:rsidRDefault="007E1BE3" w:rsidP="00BB2098">
+          <w:p w14:paraId="3FC721AB" w14:textId="4CAEE7A2" w:rsidR="00195E21" w:rsidRPr="00AF50F0" w:rsidRDefault="00E12CEF" w:rsidP="00BB2098">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D876EE">
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> /</w:t>
+            <w:r w:rsidRPr="00AF50F0">
+              <w:rPr>
+                <w:lang w:val="it-CH"/>
+              </w:rPr>
+              <w:t>CAP</w:t>
             </w:r>
             <w:r w:rsidR="00195E21" w:rsidRPr="00AF50F0">
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E12CEF" w:rsidRPr="00AF50F0">
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF50F0">
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:t>Luogo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3054" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="556379A8" w14:textId="77777777" w:rsidR="00195E21" w:rsidRPr="00AF50F0" w:rsidRDefault="00195E21" w:rsidP="00BB2098">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF50F0">
               <w:rPr>
                 <w:lang w:val="it-CH"/>
@@ -1421,153 +1255,129 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="51BE1014" w14:textId="399891C5" w:rsidR="00195E21" w:rsidRPr="00AF50F0" w:rsidRDefault="00195E21" w:rsidP="00BB2098">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B40D00A" w14:textId="12675958" w:rsidR="00806B98" w:rsidRPr="00AF50F0" w:rsidRDefault="00E12CEF" w:rsidP="00806B98">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>Introduzione</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1290B89A" w14:textId="61B4D2D8" w:rsidR="00806B98" w:rsidRPr="00AF50F0" w:rsidRDefault="00806B98" w:rsidP="00BB2098">
+    <w:p w14:paraId="1290B89A" w14:textId="3C38BC0E" w:rsidR="00806B98" w:rsidRPr="00AF50F0" w:rsidRDefault="00806B98" w:rsidP="00BB2098">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Pianifico attentamente le mie lezioni e le adatto continuamente al gruppo. A tal fine, utilizzo metodi appropriati, osservo i progressi di apprendimento e rifletto dopo ogni lezione su cosa ha funzionato bene e </w:t>
       </w:r>
-      <w:r w:rsidR="00EA4D3F" w:rsidRPr="00D876EE">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> migliorare.</w:t>
+      <w:r w:rsidR="00AF50F0">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">su </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>cosa posso migliorare.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23A7332C" w14:textId="77777777" w:rsidR="001F26DD" w:rsidRPr="00AF50F0" w:rsidRDefault="001F26DD" w:rsidP="00BB2098">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="023EB303" w14:textId="4CA83CBA" w:rsidR="00806B98" w:rsidRPr="00AF50F0" w:rsidRDefault="00806B98" w:rsidP="00BB2098">
+    <w:p w14:paraId="023EB303" w14:textId="768A951B" w:rsidR="00806B98" w:rsidRPr="00AF50F0" w:rsidRDefault="00806B98" w:rsidP="00BB2098">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Ruolo e valori come </w:t>
       </w:r>
       <w:r w:rsidR="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>maestro/a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> di sport sulla neve:</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> come definisci il tuo ruolo di </w:t>
       </w:r>
       <w:r w:rsidR="00200684">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>maestro/a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> di sport sulla neve e quali valori e atteggiamenti </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> le lezioni e nel rapporto con clienti, allievi e colleghi?</w:t>
+        <w:t xml:space="preserve"> di sport sulla neve e quali valori e atteggiamenti ti guidano durante le lezioni e nel rapporto con clienti, allievi e colleghi?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23EAF7AE" w14:textId="77777777" w:rsidR="00BB2098" w:rsidRPr="00AF50F0" w:rsidRDefault="00BB2098" w:rsidP="00BB2098">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BDA17AF" w14:textId="5456E062" w:rsidR="004B7815" w:rsidRPr="00AF50F0" w:rsidRDefault="004B7815" w:rsidP="00BB2098">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -1949,108 +1759,87 @@
     <w:p w14:paraId="451A8E7C" w14:textId="6F19B48A" w:rsidR="001201CE" w:rsidRPr="00AF50F0" w:rsidRDefault="007040BC" w:rsidP="00BB2098">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>Caso pratico concreto</w:t>
       </w:r>
       <w:r w:rsidR="001201CE" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t>scegli un caso dalla tua pratica che sia stato particolarmente impegna</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D876EE">
+        <w:t>scegli un caso dalla tua pratica che sia stato particolarmente impegnativo o istruttivo nella fase di pianificazione. Il caso deve comprendere almeno sei lezioni.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="215FA60C" w14:textId="272A950F" w:rsidR="0011163A" w:rsidRPr="00AF50F0" w:rsidRDefault="007040BC" w:rsidP="00BB2098">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>Profilo del cliente</w:t>
+      </w:r>
+      <w:r w:rsidR="00367348" w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t>tivo o istruttivo nella fase di pianificazione. Il caso deve comprendere almeno sei lezioni.</w:t>
-[...49 lines deleted...]
-      <w:r w:rsidRPr="00D876EE">
+        <w:t>qui descriverai la persona o il gruppo, i loro obiettivi di apprendimento e le importanti condizioni quadro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="6D71DC72" w14:textId="77777777" w:rsidR="001A5E81" w:rsidRPr="00AF50F0" w:rsidRDefault="001A5E81" w:rsidP="00BB2098">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9352" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6800"/>
@@ -2164,61 +1953,61 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AF50F0">
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056091F" w:rsidRPr="00AF50F0" w14:paraId="77487DB5" w14:textId="77777777" w:rsidTr="00BF0896">
         <w:trPr>
           <w:trHeight w:val="464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14B8736B" w14:textId="4C127ED6" w:rsidR="0056091F" w:rsidRPr="00AF50F0" w:rsidRDefault="00542B23" w:rsidP="00BB2098">
+          <w:p w14:paraId="14B8736B" w14:textId="4B26D2A9" w:rsidR="0056091F" w:rsidRPr="00AF50F0" w:rsidRDefault="007040BC" w:rsidP="00BB2098">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Provenienza</w:t>
+            <w:r w:rsidRPr="00AF50F0">
+              <w:rPr>
+                <w:lang w:val="it-CH"/>
+              </w:rPr>
+              <w:t>Origine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0330841A" w14:textId="77777777" w:rsidR="0056091F" w:rsidRPr="00AF50F0" w:rsidRDefault="0056091F" w:rsidP="00BB2098">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF50F0">
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
@@ -2510,154 +2299,145 @@
         <w:trPr>
           <w:trHeight w:val="464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24EF3A4E" w14:textId="506976DF" w:rsidR="0056091F" w:rsidRPr="00AF50F0" w:rsidRDefault="007040BC" w:rsidP="00BB2098">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF50F0">
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:t>Aspettative / obiettivi</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63A883E5" w14:textId="36BC17FD" w:rsidR="0003197E" w:rsidRPr="00AF50F0" w:rsidRDefault="007040BC" w:rsidP="00BB2098">
+          <w:p w14:paraId="63A883E5" w14:textId="4AA6ED88" w:rsidR="0003197E" w:rsidRPr="00AF50F0" w:rsidRDefault="007040BC" w:rsidP="00BB2098">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF50F0">
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aspettative dei clienti. Quali obiettivi sono stati </w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> (SMART)</w:t>
+              <w:t>Aspettative dei clienti. Quali obiettivi sono stati formulati (SMART)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52D8DBCE" w14:textId="77777777" w:rsidR="0056091F" w:rsidRPr="00AF50F0" w:rsidRDefault="0056091F" w:rsidP="00BB2098">
+          <w:p w14:paraId="52D8DBCE" w14:textId="2D5C7B6D" w:rsidR="0056091F" w:rsidRPr="00AF50F0" w:rsidRDefault="00096C09" w:rsidP="00BB2098">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF50F0">
+            <w:r>
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00AF50F0">
+            <w:r>
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00AF50F0">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00AF50F0">
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="it-CH"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00AF50F0">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF50F0">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF50F0">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF50F0">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF50F0">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AF50F0">
+            <w:r>
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056091F" w:rsidRPr="00AF50F0" w14:paraId="667D5629" w14:textId="77777777" w:rsidTr="00BF0896">
         <w:trPr>
           <w:trHeight w:val="464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03DB178C" w14:textId="64B33889" w:rsidR="0056091F" w:rsidRPr="00AF50F0" w:rsidRDefault="00295287" w:rsidP="00BB2098">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="it-CH"/>
@@ -3123,93 +2903,81 @@
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FC95BEA" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AD7FC05" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42E4AC26" w14:textId="4884BA00" w:rsidR="007040BC" w:rsidRPr="00AF50F0" w:rsidRDefault="007040BC" w:rsidP="00BB2098">
+    <w:p w14:paraId="42E4AC26" w14:textId="5725CBA8" w:rsidR="007040BC" w:rsidRPr="00AF50F0" w:rsidRDefault="007040BC" w:rsidP="00BB2098">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>Ausili didattici</w:t>
       </w:r>
       <w:r w:rsidR="009161B7" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00E81147" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>q</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">uali ausili didattici sono stati </w:t>
-[...11 lines deleted...]
-        <w:t>? Quale materiale didattico è stato necessario/preparato? Quale infrastruttura intendevi utilizzare? Motiva le tue risposte.</w:t>
+        <w:t>uali ausili didattici sono stati pianificati? Quale materiale didattico è stato necessario/preparato? Quale infrastruttura intendevi utilizzare? Motiva le tue risposte.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="260432C8" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A1CDC0E" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -3262,87 +3030,87 @@
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1032BDCF" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="543C3D30" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00BB2098">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2956B384" w14:textId="46AAACD7" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00A5172F" w:rsidP="00757E64">
+    <w:p w14:paraId="2956B384" w14:textId="130B6438" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00A5172F" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>Riflessione</w:t>
       </w:r>
       <w:r w:rsidR="003813FE" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="003813FE" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007A7DAA">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">escrivi quali utilità ha avuto la pianificazione durante la lezione sulla neve. Cosa faresti di diverso in una prossima pianificazione? Quali esperienze ricavi da questo caso pratico per il tuo futuro lavoro come </w:t>
+        <w:t xml:space="preserve">escrivi quali utilità ha avuto la tua pianificazione durante la lezione sulla neve. Cosa faresti di diverso in una prossima pianificazione? Quali esperienze ricavi da questo caso pratico per il tuo futuro lavoro come </w:t>
       </w:r>
       <w:r w:rsidR="007A7DAA">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>maestro/a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> di sport </w:t>
       </w:r>
       <w:r w:rsidR="007A7DAA">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>sulla neve</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>? Motiva le tue risposte.</w:t>
       </w:r>
@@ -3442,88 +3210,89 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EAD9D37" w14:textId="54FFEE84" w:rsidR="00983F06" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB3BF1" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00C44930" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Caso pratico 2</w:t>
       </w:r>
       <w:r w:rsidR="00DB3BF1" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C44930" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>realizzare un’offerta di sport sulla neve</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="123DDB8D" w14:textId="7CC2A6B2" w:rsidR="00C44930" w:rsidRPr="00C44930" w:rsidRDefault="00C44930" w:rsidP="00C44930">
+    <w:p w14:paraId="123DDB8D" w14:textId="21015E5F" w:rsidR="00C44930" w:rsidRPr="00C44930" w:rsidRDefault="00C44930" w:rsidP="00C44930">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C44930">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Qui descrivi il tuo approccio metodologico-didattico, i tuoi adattamenti alla situazione </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>del momento</w:t>
       </w:r>
       <w:r w:rsidRPr="00C44930">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t>, la comprensione della disciplina sportiva e la riflessione sull'insegnamento.</w:t>
+        <w:t>, la tua comprensione della disciplina sportiva e la tua riflessione sull'insegnamento.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40B8CD5B" w14:textId="77777777" w:rsidR="00C44930" w:rsidRPr="00AF50F0" w:rsidRDefault="00C44930" w:rsidP="00C44930">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A1C614C" w14:textId="6CFD34F1" w:rsidR="00C44930" w:rsidRPr="00C44930" w:rsidRDefault="00C44930" w:rsidP="00C44930">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C44930">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Caso </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
@@ -3551,63 +3320,51 @@
       </w:r>
       <w:r w:rsidRPr="00C44930">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>oncreto</w:t>
       </w:r>
       <w:r w:rsidRPr="00C44930">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00C44930">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t>cegli un caso dalla tua esperienza pratica che sia stato particolar</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> di insegnamento.</w:t>
+        <w:t>cegli un caso dalla tua esperienza pratica che sia stato particolarmente impegnativo o istruttivo nella pianificazione. Il caso deve comprendere almeno sei lezioni di insegnamento.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DCD9FD6" w14:textId="6BFA9465" w:rsidR="00C44930" w:rsidRPr="00C44930" w:rsidRDefault="00C44930" w:rsidP="00C44930">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C44930">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>Profilo del</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> cliente</w:t>
       </w:r>
       <w:r w:rsidRPr="00C44930">
@@ -3762,61 +3519,61 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AF50F0">
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A01E2" w:rsidRPr="00AF50F0" w14:paraId="7ED3886A" w14:textId="77777777" w:rsidTr="00207666">
         <w:trPr>
           <w:trHeight w:val="464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4ECD4F7B" w14:textId="70B3D944" w:rsidR="004A01E2" w:rsidRPr="00AF50F0" w:rsidRDefault="00542B23" w:rsidP="00207666">
+          <w:p w14:paraId="4ECD4F7B" w14:textId="77777777" w:rsidR="004A01E2" w:rsidRPr="00AF50F0" w:rsidRDefault="004A01E2" w:rsidP="00207666">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Provenienza</w:t>
+            <w:r w:rsidRPr="00AF50F0">
+              <w:rPr>
+                <w:lang w:val="it-CH"/>
+              </w:rPr>
+              <w:t>Origine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="356F0304" w14:textId="77777777" w:rsidR="004A01E2" w:rsidRPr="00AF50F0" w:rsidRDefault="004A01E2" w:rsidP="00207666">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF50F0">
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
@@ -4108,73 +3865,61 @@
         <w:trPr>
           <w:trHeight w:val="464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25560A64" w14:textId="77777777" w:rsidR="004A01E2" w:rsidRPr="00AF50F0" w:rsidRDefault="004A01E2" w:rsidP="00207666">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF50F0">
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:t>Aspettative / obiettivi</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70D954CC" w14:textId="1314808A" w:rsidR="004A01E2" w:rsidRPr="00AF50F0" w:rsidRDefault="004A01E2" w:rsidP="00207666">
+          <w:p w14:paraId="70D954CC" w14:textId="77777777" w:rsidR="004A01E2" w:rsidRPr="00AF50F0" w:rsidRDefault="004A01E2" w:rsidP="00207666">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF50F0">
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aspettative dei clienti. Quali obiettivi sono stati </w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> (SMART)</w:t>
+              <w:t>Aspettative dei clienti. Quali obiettivi sono stati formulati (SMART)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C971855" w14:textId="77777777" w:rsidR="004A01E2" w:rsidRPr="00AF50F0" w:rsidRDefault="004A01E2" w:rsidP="00207666">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF50F0">
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -4576,99 +4321,78 @@
             </w:r>
             <w:r w:rsidRPr="00AF50F0">
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1582FDCB" w14:textId="77777777" w:rsidR="004A01E2" w:rsidRPr="00AF50F0" w:rsidRDefault="004A01E2" w:rsidP="00207666">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="it-CH"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="180C1414" w14:textId="77777777" w:rsidR="001F0329" w:rsidRPr="00AF50F0" w:rsidRDefault="001F0329" w:rsidP="00BB2098">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D3487A6" w14:textId="4C8E7449" w:rsidR="00C44930" w:rsidRPr="00AF50F0" w:rsidRDefault="00C44930" w:rsidP="00757E64">
+    <w:p w14:paraId="2D3487A6" w14:textId="2064E1B6" w:rsidR="00C44930" w:rsidRPr="00AF50F0" w:rsidRDefault="00C44930" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>Livello di prestazione:</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">descrivi se il livello di prestazione del gruppo ha soddisfatto le tue aspettative e come lo hai valutato. Spiega se questa valutazione ha influenzato il successivo </w:t>
-[...20 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>descrivi se il livello di prestazione del gruppo ha soddisfatto le tue aspettative e come lo hai valutato. Spiega se questa valutazione ha influenzato il successivo svolgimento delle lezioni e, in caso affermativo, in quale forma.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0583F126" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31C703F7" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -4721,106 +4445,78 @@
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AEFE74F" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20898D9B" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="285A28C3" w14:textId="41E81126" w:rsidR="00C44930" w:rsidRPr="00AF50F0" w:rsidRDefault="00C44930" w:rsidP="00757E64">
+    <w:p w14:paraId="285A28C3" w14:textId="16AAC8D5" w:rsidR="00C44930" w:rsidRPr="00AF50F0" w:rsidRDefault="00C44930" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>Attuazione dell'offerta di sport sulla neve:</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t>descrizione dettagliata della messa in pratica: quali forme organizzative sono state utilizzate? Quali adattamenti specifici alle fasi di sviluppo sono stati necessari? Come sono stati considerati i diversi modi di apprendimento? Quali tecni</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> alle esigenze dei clienti? Motiva le tue risposte.</w:t>
+        <w:t>descrizione dettagliata della messa in pratica: quali forme organizzative sono state utilizzate? Quali adattamenti specifici alle fasi di sviluppo sono stati necessari? Come sono stati considerati i diversi modi di apprendimento? Quali tecniche di comunicazione sono state impiegate? Come si è reagito alla situazione del momento e alle esigenze dei clienti? Motiva le tue risposte.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3563713D" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42FBF5B8" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -4880,141 +4576,102 @@
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="570E7566" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60BAB6EC" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B624E51" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="407EA642" w14:textId="50870C85" w:rsidR="00A034B4" w:rsidRPr="00AF50F0" w:rsidRDefault="00A034B4" w:rsidP="00757E64">
+    <w:p w14:paraId="407EA642" w14:textId="201455DE" w:rsidR="00A034B4" w:rsidRPr="00AF50F0" w:rsidRDefault="00A034B4" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>Obiettivi tecnici di apprendimento:</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">descrivi quali ausili didattici tecnici e istruzioni hai fornito ai clienti e quali canali percettivi hai tenuto in considerazione. Spiega anche quali progressi </w:t>
-[...39 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>descrivi quali ausili didattici tecnici e istruzioni hai fornito ai clienti e quali canali percettivi hai tenuto in considerazione. Spiega anche quali progressi sono diventati visibili.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14D62390" w14:textId="77777777" w:rsidR="00AE7621" w:rsidRPr="00AF50F0" w:rsidRDefault="00AE7621" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AEAF509" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -5212,162 +4869,120 @@
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D7BF542" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16CF5F85" w14:textId="0253F32C" w:rsidR="00983F06" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09F2153D" w14:textId="4B44C957" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00A034B4" w:rsidP="00757E64">
+    <w:p w14:paraId="09F2153D" w14:textId="3E4161F2" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00A034B4" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>Conclusione e implementazione dell'offerta di sport sulla neve:</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>descrivi come hai raccolto il</w:t>
       </w:r>
       <w:r w:rsidR="00214E50">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00214E50" w:rsidRPr="00D876EE">
+        <w:t xml:space="preserve"> riscontro da parte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t>riscontro da parte</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D876EE">
+        <w:t xml:space="preserve"> de</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6313" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B6313" w:rsidRPr="00D876EE">
+        <w:t>i clienti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t>i clienti</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D876EE">
+        <w:t xml:space="preserve">. Spiega se ci sono stati </w:t>
+      </w:r>
+      <w:r w:rsidR="00214E50">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Spiega se ci sono stati </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A140AE" w:rsidRPr="00D876EE">
+        <w:t>fattor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t>argomenti</w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> quali misure di miglioramento hai ricavato.</w:t>
+        <w:t>i di critica, cosa ha funzionato bene e quali sfide si sono presentate. Indica successivamente quali misure di miglioramento ne hai ricavato.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2947A891" w14:textId="77777777" w:rsidR="007625D1" w:rsidRPr="00AF50F0" w:rsidRDefault="007625D1" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="366B140F" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -5445,282 +5060,277 @@
     </w:p>
     <w:p w14:paraId="18AC08F6" w14:textId="093AC8C2" w:rsidR="008F2AE6" w:rsidRPr="00AF50F0" w:rsidRDefault="007B2F4F" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BFDCA4A" w14:textId="6373089D" w:rsidR="00552786" w:rsidRPr="00AF50F0" w:rsidRDefault="007B6313" w:rsidP="00BB2098">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Caso pratico 3</w:t>
       </w:r>
       <w:r w:rsidR="00392D55" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00D939CC" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>strutturare la comunicazione e la leadership</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52467A82" w14:textId="77777777" w:rsidR="00552786" w:rsidRPr="00AF50F0" w:rsidRDefault="00552786" w:rsidP="00BB2098">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15E26518" w14:textId="1C8C4360" w:rsidR="00D939CC" w:rsidRPr="00AF50F0" w:rsidRDefault="00D939CC" w:rsidP="00D939CC">
+    <w:p w14:paraId="15E26518" w14:textId="655CA968" w:rsidR="00D939CC" w:rsidRPr="00AF50F0" w:rsidRDefault="00D939CC" w:rsidP="00D939CC">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D939CC">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">Nel mio insegnamento comunico con diversi gruppi target e assumo un chiaro ruolo di leadership. Nelle situazioni difficili cerco di agire in modo </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>da allentare la tensione</w:t>
       </w:r>
       <w:r w:rsidRPr="00D939CC">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t>. Dopo ogni lezione</w:t>
-[...5 lines deleted...]
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">. Dopo ogni lezione rifletto sul mio approccio per </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>migliora</w:t>
       </w:r>
       <w:r w:rsidRPr="00D939CC">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> ulteriormente.</w:t>
+        <w:t>rmi ulteriormente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D8FABF6" w14:textId="77777777" w:rsidR="00D939CC" w:rsidRPr="00D939CC" w:rsidRDefault="00D939CC" w:rsidP="00D939CC">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="294D134D" w14:textId="49079439" w:rsidR="00D939CC" w:rsidRPr="00D939CC" w:rsidRDefault="00D939CC" w:rsidP="00D939CC">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D876EE">
+    <w:p w14:paraId="294D134D" w14:textId="04038DBF" w:rsidR="00D939CC" w:rsidRPr="00D939CC" w:rsidRDefault="00D939CC" w:rsidP="00D939CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D939CC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t>Caso pratico concreto</w:t>
-[...50 lines deleted...]
-      <w:r w:rsidRPr="00CE4DE1">
+        <w:t xml:space="preserve">Caso </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t>Descrizione dettagliata</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00CE4DE1">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D939CC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ratico </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D939CC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>oncreto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D939CC">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00542B23" w:rsidRPr="00CE4DE1">
+      <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE4DE1">
-[...47 lines deleted...]
-      <w:r w:rsidR="00CE4DE1">
+      <w:r w:rsidRPr="00D939CC">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>cegli un caso che hai vissuto tu stesso e che è stato particolarmente impegnativo o istruttivo nell</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>a messa in pratica</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D939CC">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FA3A965" w14:textId="2F040E1C" w:rsidR="00D939CC" w:rsidRPr="00D939CC" w:rsidRDefault="00D939CC" w:rsidP="00D939CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D939CC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Descrizione </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D939CC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>ettagliata</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D939CC">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>: Spiega a quale area di competenza si adatta il caso.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D939CC">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>Condurre i client</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D939CC">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>i in sicurezza, comunicare con diversi gruppi di interesse, comunicare in situazioni difficili, condurre conversazioni di conflitt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D939CC">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE4DE1">
-[...3 lines deleted...]
-        <w:t>. Motiva la scelta e descrivi il caso pratico e la tua reazione ad</w:t>
+      <w:r w:rsidRPr="00AF50F0">
+        <w:rPr>
+          <w:lang w:val="it-CH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D939CC">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve"> esso.</w:t>
+        <w:t>Motiva la tua scelta e descrivi il caso pratico e la tua reazione ad esso.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57689AB1" w14:textId="77777777" w:rsidR="00301040" w:rsidRPr="00AF50F0" w:rsidRDefault="00301040" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49B83537" w14:textId="77777777" w:rsidR="00757E64" w:rsidRPr="00AF50F0" w:rsidRDefault="00757E64" w:rsidP="00757E64">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -6062,105 +5672,81 @@
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="17ED8261" w14:textId="77777777" w:rsidR="00162F1E" w:rsidRPr="00AF50F0" w:rsidRDefault="00162F1E" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DAF863A" w14:textId="77777777" w:rsidR="00162F1E" w:rsidRPr="00AF50F0" w:rsidRDefault="00162F1E" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BDB01E2" w14:textId="77777777" w:rsidR="00162F1E" w:rsidRPr="00AF50F0" w:rsidRDefault="00162F1E" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B87E84E" w14:textId="5C432DD8" w:rsidR="00757558" w:rsidRPr="00AF50F0" w:rsidRDefault="00757558" w:rsidP="00162F1E">
+    <w:p w14:paraId="5B87E84E" w14:textId="6334BCFE" w:rsidR="00757558" w:rsidRPr="00AF50F0" w:rsidRDefault="00757558" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>Riflessione</w:t>
       </w:r>
       <w:r w:rsidR="00552786" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00552786" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">analizza la situazione descritta. Spiega quali miglioramenti puoi ricavare per future </w:t>
-[...23 lines deleted...]
-        <w:t>sta.</w:t>
+        <w:t>analizza la situazione descritta. Spiega quali miglioramenti puoi ricavare per future situazioni simili. Descrivi anche quali misure preventive sarebbero utili in futuro. Motiva la tua risposta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="028F4932" w14:textId="77777777" w:rsidR="00162F1E" w:rsidRPr="00AF50F0" w:rsidRDefault="00162F1E" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DF7B84A" w14:textId="77777777" w:rsidR="00162F1E" w:rsidRPr="00AF50F0" w:rsidRDefault="00162F1E" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -6237,50 +5823,51 @@
     </w:p>
     <w:p w14:paraId="34858D6C" w14:textId="77777777" w:rsidR="00162F1E" w:rsidRPr="00AF50F0" w:rsidRDefault="00162F1E" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5938393F" w14:textId="087E4C90" w:rsidR="00613F98" w:rsidRPr="00AF50F0" w:rsidRDefault="00613F98" w:rsidP="00BB2098">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00347288" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Caso pratico 4</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00347288" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>promuovere gli sviluppi nel settore turistico</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CF91DB2" w14:textId="77777777" w:rsidR="00613F98" w:rsidRPr="00AF50F0" w:rsidRDefault="00613F98" w:rsidP="00BB2098">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29E77422" w14:textId="2058541F" w:rsidR="00347288" w:rsidRPr="00AF50F0" w:rsidRDefault="00347288" w:rsidP="00BB2098">
       <w:pPr>
         <w:rPr>
@@ -6622,132 +6209,98 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5250FF97" w14:textId="33978140" w:rsidR="00FA6C54" w:rsidRPr="00214E50" w:rsidRDefault="00606595" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:b/>
           <w:color w:val="5D9CBF"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00214E50" w:rsidRPr="00EE45C3">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:color w:val="5D9CBF"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Conclusione: valutazione complessiva e ulteriore sviluppo</w:t>
       </w:r>
       <w:r w:rsidR="00214E50">
         <w:rPr>
           <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
           <w:color w:val="5D9CBF"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C6AD802" w14:textId="77777777" w:rsidR="00FA6C54" w:rsidRPr="00AF50F0" w:rsidRDefault="00FA6C54" w:rsidP="00BB2098">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AD4124B" w14:textId="0F3D4CB4" w:rsidR="009D32B8" w:rsidRPr="00AF50F0" w:rsidRDefault="009D32B8" w:rsidP="00162F1E">
+    <w:p w14:paraId="3AD4124B" w14:textId="4C47D8FD" w:rsidR="009D32B8" w:rsidRPr="00AF50F0" w:rsidRDefault="009D32B8" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>Riflessione personale:</w:t>
       </w:r>
       <w:r w:rsidR="00FA6C54" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">descrivi quali conclusioni trai dal tuo portfolio personale per quanto </w:t>
-[...34 lines deleted...]
-        <w:t>ziale di miglioramento.</w:t>
+        <w:t>descrivi quali conclusioni trai dal tuo portfolio personale per quanto riguarda i tuoi valori, il tuo atteggiamento e le tue convinzioni come maestro/a di sport sulla neve. Spiega anche dove vedi i tuoi punti di forza personali e in quali aree hai ancora potenziale di miglioramento.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3561FFD8" w14:textId="77777777" w:rsidR="00162F1E" w:rsidRPr="00AF50F0" w:rsidRDefault="00162F1E" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BA0C8CE" w14:textId="77777777" w:rsidR="00162F1E" w:rsidRPr="00AF50F0" w:rsidRDefault="00162F1E" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -6807,75 +6360,75 @@
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="32443751" w14:textId="77777777" w:rsidR="00162F1E" w:rsidRPr="00AF50F0" w:rsidRDefault="00162F1E" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E0AE5E7" w14:textId="77777777" w:rsidR="00162F1E" w:rsidRPr="00AF50F0" w:rsidRDefault="00162F1E" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F456C8B" w14:textId="77777777" w:rsidR="00162F1E" w:rsidRPr="00AF50F0" w:rsidRDefault="00162F1E" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C387FDF" w14:textId="1842A085" w:rsidR="00162F1E" w:rsidRPr="00AF50F0" w:rsidRDefault="009D32B8" w:rsidP="00162F1E">
+    <w:p w14:paraId="2C387FDF" w14:textId="2C8819CA" w:rsidR="00162F1E" w:rsidRPr="00AF50F0" w:rsidRDefault="009D32B8" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>Obiettivi personali:</w:t>
       </w:r>
       <w:r w:rsidR="00FA6C54" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t xml:space="preserve">quali tre obiettivi concreti ti poni per il tuo sviluppo personale? </w:t>
+        <w:t xml:space="preserve">quali tre obiettivi concreti ti poni per il tuo ulteriore sviluppo personale? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E8E55DF" w14:textId="77777777" w:rsidR="00162F1E" w:rsidRPr="00AF50F0" w:rsidRDefault="00162F1E" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="058106E9" w14:textId="77777777" w:rsidR="00162F1E" w:rsidRPr="00AF50F0" w:rsidRDefault="00162F1E" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
@@ -6941,68 +6494,68 @@
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="41F2C347" w14:textId="77777777" w:rsidR="00162F1E" w:rsidRPr="00AF50F0" w:rsidRDefault="00162F1E" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="193A6232" w14:textId="77777777" w:rsidR="00162F1E" w:rsidRPr="00AF50F0" w:rsidRDefault="00162F1E" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="086A13BC" w14:textId="6FD5E51D" w:rsidR="00FA6C54" w:rsidRPr="00AF50F0" w:rsidRDefault="00FA6C54" w:rsidP="00162F1E">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C0B1D08" w14:textId="07F1ABA9" w:rsidR="00984646" w:rsidRPr="00AF50F0" w:rsidRDefault="00984646" w:rsidP="00BB2098">
+    <w:p w14:paraId="6C0B1D08" w14:textId="566937BA" w:rsidR="00984646" w:rsidRPr="00AF50F0" w:rsidRDefault="00984646" w:rsidP="00BB2098">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="009D32B8" w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
-        <w:t>llegato (facoltativo)</w:t>
+        <w:t>llegato (facoltativo – se disponibile)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03E85A00" w14:textId="77777777" w:rsidR="00984646" w:rsidRPr="00AF50F0" w:rsidRDefault="00984646" w:rsidP="00BB2098">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C5BD379" w14:textId="61365E3A" w:rsidR="00195E21" w:rsidRPr="00AF50F0" w:rsidRDefault="000F0BD1" w:rsidP="000530D7">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="it-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF50F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="it-CH"/>
         </w:rPr>
         <w:t>Do</w:t>
       </w:r>
       <w:r w:rsidR="009D32B8" w:rsidRPr="00AF50F0">
         <w:rPr>
@@ -7402,58 +6955,58 @@
       <w:r w:rsidR="004B6315" w:rsidRPr="00C811D0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:fldSimple w:instr=" AUTOTEXT  &quot; Einfaches Textfeld&quot;  \* MERGEFORMAT "/>
     </w:p>
     <w:p w14:paraId="068995DA" w14:textId="77777777" w:rsidR="002E6BF4" w:rsidRDefault="002E6BF4" w:rsidP="00BB2098"/>
     <w:sectPr w:rsidR="002E6BF4" w:rsidSect="00C03D04">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1560" w:right="1021" w:bottom="1134" w:left="1531" w:header="567" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C885DDE" w14:textId="77777777" w:rsidR="00FF7987" w:rsidRDefault="00FF7987" w:rsidP="00BB2098">
+    <w:p w14:paraId="1AFA70D6" w14:textId="77777777" w:rsidR="007344E3" w:rsidRDefault="007344E3" w:rsidP="00BB2098">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="798D1DE6" w14:textId="77777777" w:rsidR="00FF7987" w:rsidRDefault="00FF7987" w:rsidP="00BB2098">
+    <w:p w14:paraId="445006DA" w14:textId="77777777" w:rsidR="007344E3" w:rsidRDefault="007344E3" w:rsidP="00BB2098">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -7524,188 +7077,138 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeueLT Std">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="157EC9B7" w14:textId="4265EE1A" w:rsidR="00311B79" w:rsidRPr="00FF792D" w:rsidRDefault="003A09C7" w:rsidP="00BB2098">
+  <w:p w14:paraId="157EC9B7" w14:textId="1F8E8290" w:rsidR="00311B79" w:rsidRPr="002543A7" w:rsidRDefault="00735FD6" w:rsidP="00BB2098">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
-        <w:lang w:val="fr-CH"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00FF792D">
-[...3 lines deleted...]
-      <w:t>Esame professionale</w:t>
+    <w:r w:rsidRPr="002543A7">
+      <w:t>Berufsprüfung 2026</w:t>
     </w:r>
-    <w:r w:rsidR="00735FD6" w:rsidRPr="00FF792D">
-[...8 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidR="00E2221A" w:rsidRPr="002543A7">
       <w:t>_Portfolio</w:t>
     </w:r>
-    <w:r w:rsidR="00311B79" w:rsidRPr="00FF792D">
-[...2 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidR="00311B79" w:rsidRPr="002543A7">
       <w:tab/>
+      <w:t xml:space="preserve">Seite </w:t>
     </w:r>
-    <w:r w:rsidRPr="00FF792D">
-[...11 lines deleted...]
-    <w:r w:rsidR="00311B79" w:rsidRPr="00D876EE">
+    <w:r w:rsidR="00311B79" w:rsidRPr="002543A7">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00311B79" w:rsidRPr="00FF792D">
+    <w:r w:rsidR="00311B79" w:rsidRPr="002543A7">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
-        <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidR="00311B79" w:rsidRPr="00D876EE">
+    <w:r w:rsidR="00311B79" w:rsidRPr="002543A7">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00853597" w:rsidRPr="00FF792D">
+    <w:r w:rsidR="00853597" w:rsidRPr="002543A7">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
         <w:noProof/>
-        <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="00311B79" w:rsidRPr="00D876EE">
+    <w:r w:rsidR="00311B79" w:rsidRPr="002543A7">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00311B79" w:rsidRPr="00FF792D">
+    <w:r w:rsidR="00311B79" w:rsidRPr="002543A7">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
-        <w:lang w:val="fr-CH"/>
-[...1 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      </w:rPr>
+      <w:t xml:space="preserve"> von </w:t>
     </w:r>
-    <w:r w:rsidRPr="00FF792D">
+    <w:r w:rsidR="00AD63EE">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
-        <w:lang w:val="fr-CH"/>
-[...15 lines deleted...]
-        <w:lang w:val="fr-CH"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3C0D1D77" w14:textId="77777777" w:rsidR="00311B79" w:rsidRPr="00FF792D" w:rsidRDefault="00311B79" w:rsidP="00BB2098">
+  <w:p w14:paraId="3C0D1D77" w14:textId="77777777" w:rsidR="00311B79" w:rsidRPr="00311B79" w:rsidRDefault="00311B79" w:rsidP="00BB2098">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A61797E" w14:textId="77777777" w:rsidR="00FF7987" w:rsidRDefault="00FF7987" w:rsidP="00BB2098">
+    <w:p w14:paraId="769C4CAA" w14:textId="77777777" w:rsidR="007344E3" w:rsidRDefault="007344E3" w:rsidP="00BB2098">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="063AB8DD" w14:textId="77777777" w:rsidR="00FF7987" w:rsidRDefault="00FF7987" w:rsidP="00BB2098">
+    <w:p w14:paraId="63D3541E" w14:textId="77777777" w:rsidR="007344E3" w:rsidRDefault="007344E3" w:rsidP="00BB2098">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4CAB6D8D" w14:textId="5DBC7878" w:rsidR="00330438" w:rsidRDefault="0032510A" w:rsidP="00BB2098">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35706EAE" wp14:editId="2DC79C1B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3716655</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
@@ -9830,166 +9333,166 @@
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val="•"/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="0"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:hint="default"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="59527402">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="z8vhgw/7gwA4aMD0ng48w6bpLEiN4UQj8nm5lVFajt55eUxYngn6yP+8hx0hXG3+lmQwc8t89A2YxxZeyUs1uQ==" w:salt="k/oPic/o/pRdQxHv3lcMvA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="fRh4KmxWD+L2t3DNw3F3l6us4D0XqHf8oiR30HLQ9uQeZMlXBxncgQrPs3abfViKEc+8iVyMfgUOI/VvBbTCiA==" w:salt="J2Ec4mZ8yQEUUOUOWH+19g=="/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:consecutiveHyphenLimit w:val="3"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DA69C5"/>
     <w:rsid w:val="00000C81"/>
     <w:rsid w:val="00007055"/>
     <w:rsid w:val="0001174A"/>
     <w:rsid w:val="00012228"/>
     <w:rsid w:val="00027B8B"/>
     <w:rsid w:val="000308B3"/>
     <w:rsid w:val="0003197E"/>
     <w:rsid w:val="00034636"/>
     <w:rsid w:val="00034BD5"/>
     <w:rsid w:val="00036E71"/>
     <w:rsid w:val="00047F98"/>
     <w:rsid w:val="000530D7"/>
-    <w:rsid w:val="00053B3A"/>
     <w:rsid w:val="0005433A"/>
     <w:rsid w:val="00054E5C"/>
     <w:rsid w:val="0005579A"/>
     <w:rsid w:val="000569F4"/>
     <w:rsid w:val="00063830"/>
     <w:rsid w:val="00065328"/>
     <w:rsid w:val="00067B1B"/>
     <w:rsid w:val="00071C38"/>
     <w:rsid w:val="00072353"/>
     <w:rsid w:val="00080E67"/>
     <w:rsid w:val="000824A5"/>
     <w:rsid w:val="000879BD"/>
     <w:rsid w:val="00095EAC"/>
+    <w:rsid w:val="00096C09"/>
     <w:rsid w:val="000A25F7"/>
     <w:rsid w:val="000A32DC"/>
     <w:rsid w:val="000A4214"/>
     <w:rsid w:val="000A422C"/>
     <w:rsid w:val="000B05C9"/>
     <w:rsid w:val="000B3494"/>
     <w:rsid w:val="000C4803"/>
     <w:rsid w:val="000C62BC"/>
     <w:rsid w:val="000D1EF4"/>
     <w:rsid w:val="000D32B7"/>
     <w:rsid w:val="000D3FCB"/>
     <w:rsid w:val="000D67CF"/>
     <w:rsid w:val="000E69FD"/>
     <w:rsid w:val="000E7DB4"/>
     <w:rsid w:val="000F0BD1"/>
     <w:rsid w:val="000F5492"/>
     <w:rsid w:val="000F632A"/>
     <w:rsid w:val="001054EB"/>
     <w:rsid w:val="001061B3"/>
     <w:rsid w:val="0011163A"/>
     <w:rsid w:val="00112CD2"/>
     <w:rsid w:val="001201CE"/>
     <w:rsid w:val="00120647"/>
     <w:rsid w:val="00120830"/>
     <w:rsid w:val="0012133A"/>
     <w:rsid w:val="00123770"/>
     <w:rsid w:val="00126237"/>
     <w:rsid w:val="0013789B"/>
     <w:rsid w:val="0014126D"/>
     <w:rsid w:val="0014519C"/>
     <w:rsid w:val="00147BCA"/>
     <w:rsid w:val="0015011A"/>
-    <w:rsid w:val="001513CC"/>
     <w:rsid w:val="00154416"/>
     <w:rsid w:val="00157DFD"/>
     <w:rsid w:val="00161962"/>
     <w:rsid w:val="00162F1E"/>
     <w:rsid w:val="00164FB9"/>
     <w:rsid w:val="00165C23"/>
     <w:rsid w:val="0016637F"/>
     <w:rsid w:val="00167820"/>
     <w:rsid w:val="001702A5"/>
     <w:rsid w:val="00171303"/>
     <w:rsid w:val="00173AEE"/>
     <w:rsid w:val="00173B88"/>
     <w:rsid w:val="00175B8E"/>
     <w:rsid w:val="001800F0"/>
     <w:rsid w:val="001829A7"/>
     <w:rsid w:val="00184627"/>
     <w:rsid w:val="00185949"/>
     <w:rsid w:val="00185E97"/>
     <w:rsid w:val="00186C6E"/>
     <w:rsid w:val="00186D4D"/>
     <w:rsid w:val="00193BAC"/>
     <w:rsid w:val="00195E21"/>
     <w:rsid w:val="001A5CB1"/>
     <w:rsid w:val="001A5E81"/>
     <w:rsid w:val="001B1C99"/>
+    <w:rsid w:val="001B2714"/>
     <w:rsid w:val="001B6515"/>
     <w:rsid w:val="001B6CDE"/>
     <w:rsid w:val="001C43E9"/>
     <w:rsid w:val="001C6C74"/>
     <w:rsid w:val="001C6EE7"/>
     <w:rsid w:val="001D7F56"/>
     <w:rsid w:val="001E1ACB"/>
     <w:rsid w:val="001E4F50"/>
     <w:rsid w:val="001F0329"/>
     <w:rsid w:val="001F0A88"/>
     <w:rsid w:val="001F26DD"/>
     <w:rsid w:val="001F41E6"/>
     <w:rsid w:val="00200684"/>
     <w:rsid w:val="00203553"/>
     <w:rsid w:val="00204181"/>
     <w:rsid w:val="0021020B"/>
     <w:rsid w:val="002114D1"/>
     <w:rsid w:val="0021482E"/>
     <w:rsid w:val="00214E50"/>
     <w:rsid w:val="00221731"/>
     <w:rsid w:val="00221870"/>
     <w:rsid w:val="0022568E"/>
     <w:rsid w:val="00225DA6"/>
     <w:rsid w:val="00226737"/>
     <w:rsid w:val="002361B8"/>
@@ -10002,189 +9505,184 @@
     <w:rsid w:val="00256368"/>
     <w:rsid w:val="00267F12"/>
     <w:rsid w:val="00272070"/>
     <w:rsid w:val="00272F4B"/>
     <w:rsid w:val="00276990"/>
     <w:rsid w:val="00283382"/>
     <w:rsid w:val="002848B0"/>
     <w:rsid w:val="00295287"/>
     <w:rsid w:val="002A187B"/>
     <w:rsid w:val="002A1A93"/>
     <w:rsid w:val="002A61BC"/>
     <w:rsid w:val="002A798D"/>
     <w:rsid w:val="002B05F3"/>
     <w:rsid w:val="002B30F2"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B6C8F"/>
     <w:rsid w:val="002C354E"/>
     <w:rsid w:val="002C5743"/>
     <w:rsid w:val="002D002E"/>
     <w:rsid w:val="002D306B"/>
     <w:rsid w:val="002D4626"/>
     <w:rsid w:val="002D4A64"/>
     <w:rsid w:val="002D4F0B"/>
     <w:rsid w:val="002D5611"/>
     <w:rsid w:val="002D6655"/>
+    <w:rsid w:val="002E0A72"/>
     <w:rsid w:val="002E66DB"/>
     <w:rsid w:val="002E6BF4"/>
     <w:rsid w:val="002E7822"/>
     <w:rsid w:val="002E7FD8"/>
     <w:rsid w:val="002F7AB1"/>
     <w:rsid w:val="00301040"/>
     <w:rsid w:val="003025A8"/>
     <w:rsid w:val="0030482F"/>
     <w:rsid w:val="003061B8"/>
     <w:rsid w:val="003062C2"/>
     <w:rsid w:val="00311B79"/>
     <w:rsid w:val="00312070"/>
     <w:rsid w:val="003127AD"/>
     <w:rsid w:val="003134AD"/>
     <w:rsid w:val="003136BA"/>
     <w:rsid w:val="0031560F"/>
     <w:rsid w:val="003169E8"/>
     <w:rsid w:val="00321488"/>
     <w:rsid w:val="00321E2A"/>
     <w:rsid w:val="0032510A"/>
     <w:rsid w:val="00325EE1"/>
     <w:rsid w:val="00325F1C"/>
     <w:rsid w:val="00330438"/>
     <w:rsid w:val="00331461"/>
     <w:rsid w:val="003322F8"/>
     <w:rsid w:val="00333793"/>
     <w:rsid w:val="0033482E"/>
     <w:rsid w:val="00342767"/>
     <w:rsid w:val="003444CA"/>
     <w:rsid w:val="00345BF6"/>
     <w:rsid w:val="00347288"/>
-    <w:rsid w:val="003516CA"/>
     <w:rsid w:val="00352F08"/>
     <w:rsid w:val="0035464D"/>
     <w:rsid w:val="00354796"/>
     <w:rsid w:val="00356B4F"/>
     <w:rsid w:val="003623E6"/>
     <w:rsid w:val="00362F3E"/>
     <w:rsid w:val="00366F23"/>
     <w:rsid w:val="00367348"/>
     <w:rsid w:val="003704EE"/>
     <w:rsid w:val="00370D0A"/>
     <w:rsid w:val="0037355C"/>
     <w:rsid w:val="00377D6F"/>
     <w:rsid w:val="003813FE"/>
     <w:rsid w:val="00381A05"/>
     <w:rsid w:val="00381A55"/>
     <w:rsid w:val="00381DB8"/>
     <w:rsid w:val="00392D55"/>
     <w:rsid w:val="00393DBF"/>
-    <w:rsid w:val="003A09C7"/>
     <w:rsid w:val="003A0CA1"/>
     <w:rsid w:val="003A6466"/>
     <w:rsid w:val="003B46D1"/>
     <w:rsid w:val="003B560B"/>
     <w:rsid w:val="003B6638"/>
     <w:rsid w:val="003C16D5"/>
     <w:rsid w:val="003C6F2B"/>
     <w:rsid w:val="003D0CCD"/>
     <w:rsid w:val="003D17FF"/>
     <w:rsid w:val="003D2997"/>
     <w:rsid w:val="003E0294"/>
     <w:rsid w:val="003E341E"/>
     <w:rsid w:val="003E55B1"/>
     <w:rsid w:val="003E5B38"/>
     <w:rsid w:val="003E670F"/>
     <w:rsid w:val="003F13AC"/>
     <w:rsid w:val="0041166D"/>
     <w:rsid w:val="0042240D"/>
     <w:rsid w:val="004318A1"/>
     <w:rsid w:val="00431E89"/>
     <w:rsid w:val="00432639"/>
     <w:rsid w:val="0043594A"/>
     <w:rsid w:val="0043746A"/>
     <w:rsid w:val="00440E24"/>
     <w:rsid w:val="004677CD"/>
     <w:rsid w:val="004726FC"/>
     <w:rsid w:val="00473524"/>
-    <w:rsid w:val="00473B84"/>
     <w:rsid w:val="00483C62"/>
     <w:rsid w:val="004846FC"/>
     <w:rsid w:val="004859B8"/>
     <w:rsid w:val="00486F80"/>
     <w:rsid w:val="004920C7"/>
     <w:rsid w:val="00493DC9"/>
     <w:rsid w:val="00496D7D"/>
     <w:rsid w:val="004A01E2"/>
     <w:rsid w:val="004A2FFC"/>
     <w:rsid w:val="004A76F2"/>
     <w:rsid w:val="004A7D2E"/>
     <w:rsid w:val="004B3741"/>
     <w:rsid w:val="004B4F68"/>
     <w:rsid w:val="004B6315"/>
     <w:rsid w:val="004B6D5F"/>
     <w:rsid w:val="004B7815"/>
     <w:rsid w:val="004D3019"/>
     <w:rsid w:val="004D51C6"/>
     <w:rsid w:val="004D7585"/>
     <w:rsid w:val="004E4B36"/>
     <w:rsid w:val="004E7038"/>
     <w:rsid w:val="004F2773"/>
     <w:rsid w:val="004F59E2"/>
     <w:rsid w:val="004F7CA6"/>
     <w:rsid w:val="00502EFF"/>
     <w:rsid w:val="00504847"/>
     <w:rsid w:val="00507F32"/>
     <w:rsid w:val="00510A60"/>
-    <w:rsid w:val="00513172"/>
     <w:rsid w:val="0051454A"/>
     <w:rsid w:val="00515AA2"/>
     <w:rsid w:val="00524B90"/>
     <w:rsid w:val="00531877"/>
     <w:rsid w:val="00537109"/>
-    <w:rsid w:val="00542B23"/>
     <w:rsid w:val="00544241"/>
     <w:rsid w:val="0054560A"/>
     <w:rsid w:val="00547EFD"/>
     <w:rsid w:val="00551C22"/>
     <w:rsid w:val="00552786"/>
     <w:rsid w:val="005543A3"/>
     <w:rsid w:val="00560757"/>
     <w:rsid w:val="0056091F"/>
     <w:rsid w:val="00560BDE"/>
     <w:rsid w:val="005615F6"/>
     <w:rsid w:val="005618FA"/>
     <w:rsid w:val="005759B1"/>
     <w:rsid w:val="00582371"/>
     <w:rsid w:val="005831D0"/>
     <w:rsid w:val="00583925"/>
     <w:rsid w:val="00583B14"/>
     <w:rsid w:val="0058453B"/>
     <w:rsid w:val="005949BA"/>
     <w:rsid w:val="005A2623"/>
     <w:rsid w:val="005A34B2"/>
     <w:rsid w:val="005A491A"/>
     <w:rsid w:val="005A699E"/>
     <w:rsid w:val="005B1AE2"/>
     <w:rsid w:val="005B28B2"/>
-    <w:rsid w:val="005B35FE"/>
     <w:rsid w:val="005B7D48"/>
     <w:rsid w:val="005C7A49"/>
     <w:rsid w:val="005D1F4D"/>
     <w:rsid w:val="005D3D2E"/>
     <w:rsid w:val="005D5AC6"/>
     <w:rsid w:val="005E4C17"/>
     <w:rsid w:val="005E6114"/>
     <w:rsid w:val="005E6BEF"/>
     <w:rsid w:val="005F2F80"/>
     <w:rsid w:val="005F382D"/>
     <w:rsid w:val="005F6E46"/>
     <w:rsid w:val="006024C7"/>
     <w:rsid w:val="00605ECE"/>
     <w:rsid w:val="00606595"/>
     <w:rsid w:val="00613861"/>
     <w:rsid w:val="00613F98"/>
     <w:rsid w:val="00616E69"/>
     <w:rsid w:val="00617614"/>
     <w:rsid w:val="00621702"/>
     <w:rsid w:val="006222C8"/>
     <w:rsid w:val="00622EC4"/>
     <w:rsid w:val="00623F5F"/>
     <w:rsid w:val="0062619C"/>
     <w:rsid w:val="00631809"/>
     <w:rsid w:val="00632A10"/>
@@ -10215,87 +9713,87 @@
     <w:rsid w:val="006B1D27"/>
     <w:rsid w:val="006B27C3"/>
     <w:rsid w:val="006B334B"/>
     <w:rsid w:val="006B3BDF"/>
     <w:rsid w:val="006C22A2"/>
     <w:rsid w:val="006C74D6"/>
     <w:rsid w:val="006D1630"/>
     <w:rsid w:val="006D5A42"/>
     <w:rsid w:val="006D5CFE"/>
     <w:rsid w:val="006D644A"/>
     <w:rsid w:val="006D704E"/>
     <w:rsid w:val="006E1E5A"/>
     <w:rsid w:val="006E2941"/>
     <w:rsid w:val="006F1DFD"/>
     <w:rsid w:val="006F6565"/>
     <w:rsid w:val="006F74E5"/>
     <w:rsid w:val="006F757D"/>
     <w:rsid w:val="00701435"/>
     <w:rsid w:val="007040BC"/>
     <w:rsid w:val="00706446"/>
     <w:rsid w:val="00706C56"/>
     <w:rsid w:val="0071358E"/>
     <w:rsid w:val="0072125C"/>
     <w:rsid w:val="00724F70"/>
     <w:rsid w:val="0072512B"/>
+    <w:rsid w:val="007344E3"/>
     <w:rsid w:val="00735FD6"/>
     <w:rsid w:val="00736577"/>
     <w:rsid w:val="007435DD"/>
     <w:rsid w:val="00743A4E"/>
     <w:rsid w:val="00744FB0"/>
     <w:rsid w:val="00745B2D"/>
     <w:rsid w:val="0075489F"/>
     <w:rsid w:val="00754B2D"/>
     <w:rsid w:val="00754E73"/>
     <w:rsid w:val="00757558"/>
     <w:rsid w:val="00757A25"/>
     <w:rsid w:val="00757E64"/>
     <w:rsid w:val="00761733"/>
     <w:rsid w:val="007625D1"/>
     <w:rsid w:val="00765571"/>
     <w:rsid w:val="00776F70"/>
     <w:rsid w:val="00781157"/>
     <w:rsid w:val="007820B6"/>
     <w:rsid w:val="007821AC"/>
     <w:rsid w:val="00782BD0"/>
     <w:rsid w:val="007921CB"/>
     <w:rsid w:val="007950E9"/>
     <w:rsid w:val="007A2905"/>
     <w:rsid w:val="007A3714"/>
     <w:rsid w:val="007A719E"/>
     <w:rsid w:val="007A7C56"/>
     <w:rsid w:val="007A7DAA"/>
     <w:rsid w:val="007B2F4F"/>
     <w:rsid w:val="007B3A80"/>
     <w:rsid w:val="007B6313"/>
     <w:rsid w:val="007B64CA"/>
     <w:rsid w:val="007B6EB7"/>
     <w:rsid w:val="007C4A87"/>
     <w:rsid w:val="007C73EB"/>
     <w:rsid w:val="007D22FC"/>
     <w:rsid w:val="007D55A2"/>
-    <w:rsid w:val="007E1BE3"/>
     <w:rsid w:val="007E2756"/>
     <w:rsid w:val="007E2C6D"/>
     <w:rsid w:val="007F37E0"/>
     <w:rsid w:val="007F42D7"/>
     <w:rsid w:val="00802ACA"/>
     <w:rsid w:val="00806B98"/>
     <w:rsid w:val="008144AC"/>
     <w:rsid w:val="00816043"/>
     <w:rsid w:val="00817A09"/>
     <w:rsid w:val="00825FBE"/>
     <w:rsid w:val="0082604A"/>
     <w:rsid w:val="00832D8C"/>
     <w:rsid w:val="00832DDB"/>
     <w:rsid w:val="00833CC6"/>
     <w:rsid w:val="00837CEF"/>
     <w:rsid w:val="00841BF6"/>
     <w:rsid w:val="0084515E"/>
     <w:rsid w:val="00852BEB"/>
     <w:rsid w:val="00853373"/>
     <w:rsid w:val="00853597"/>
     <w:rsid w:val="00854C91"/>
     <w:rsid w:val="0085630A"/>
     <w:rsid w:val="00856B02"/>
     <w:rsid w:val="00863288"/>
     <w:rsid w:val="00863919"/>
@@ -10348,51 +9846,50 @@
     <w:rsid w:val="00980017"/>
     <w:rsid w:val="00981D51"/>
     <w:rsid w:val="00983F06"/>
     <w:rsid w:val="00984646"/>
     <w:rsid w:val="009858DF"/>
     <w:rsid w:val="009A588D"/>
     <w:rsid w:val="009A7E58"/>
     <w:rsid w:val="009B01FB"/>
     <w:rsid w:val="009B0E72"/>
     <w:rsid w:val="009B0EEE"/>
     <w:rsid w:val="009B2495"/>
     <w:rsid w:val="009B34ED"/>
     <w:rsid w:val="009B4662"/>
     <w:rsid w:val="009B6AB2"/>
     <w:rsid w:val="009C207D"/>
     <w:rsid w:val="009D32B8"/>
     <w:rsid w:val="009E0E13"/>
     <w:rsid w:val="009F17C7"/>
     <w:rsid w:val="009F52D7"/>
     <w:rsid w:val="00A022CB"/>
     <w:rsid w:val="00A034B4"/>
     <w:rsid w:val="00A03753"/>
     <w:rsid w:val="00A07987"/>
     <w:rsid w:val="00A11CB4"/>
     <w:rsid w:val="00A12353"/>
-    <w:rsid w:val="00A140AE"/>
     <w:rsid w:val="00A162DC"/>
     <w:rsid w:val="00A17A1A"/>
     <w:rsid w:val="00A20888"/>
     <w:rsid w:val="00A21435"/>
     <w:rsid w:val="00A314DB"/>
     <w:rsid w:val="00A4026C"/>
     <w:rsid w:val="00A44A51"/>
     <w:rsid w:val="00A50817"/>
     <w:rsid w:val="00A5172F"/>
     <w:rsid w:val="00A524E6"/>
     <w:rsid w:val="00A534CD"/>
     <w:rsid w:val="00A55D77"/>
     <w:rsid w:val="00A60F41"/>
     <w:rsid w:val="00A67218"/>
     <w:rsid w:val="00A7106C"/>
     <w:rsid w:val="00A76804"/>
     <w:rsid w:val="00A76FAC"/>
     <w:rsid w:val="00A814ED"/>
     <w:rsid w:val="00A82859"/>
     <w:rsid w:val="00A8293A"/>
     <w:rsid w:val="00A82C49"/>
     <w:rsid w:val="00A972C7"/>
     <w:rsid w:val="00AA0121"/>
     <w:rsid w:val="00AA4686"/>
     <w:rsid w:val="00AA5083"/>
@@ -10432,233 +9929,226 @@
     <w:rsid w:val="00B77FA7"/>
     <w:rsid w:val="00B809B8"/>
     <w:rsid w:val="00B8160A"/>
     <w:rsid w:val="00B82A5A"/>
     <w:rsid w:val="00B94C84"/>
     <w:rsid w:val="00BA0225"/>
     <w:rsid w:val="00BA409B"/>
     <w:rsid w:val="00BA7041"/>
     <w:rsid w:val="00BB04C9"/>
     <w:rsid w:val="00BB2098"/>
     <w:rsid w:val="00BB253E"/>
     <w:rsid w:val="00BB2D34"/>
     <w:rsid w:val="00BB7360"/>
     <w:rsid w:val="00BB772D"/>
     <w:rsid w:val="00BC3B9E"/>
     <w:rsid w:val="00BC59E8"/>
     <w:rsid w:val="00BD3111"/>
     <w:rsid w:val="00BE04AA"/>
     <w:rsid w:val="00BE0D8D"/>
     <w:rsid w:val="00BE3906"/>
     <w:rsid w:val="00BF018C"/>
     <w:rsid w:val="00BF0896"/>
     <w:rsid w:val="00BF1D76"/>
     <w:rsid w:val="00BF6E69"/>
     <w:rsid w:val="00BF7327"/>
-    <w:rsid w:val="00C00842"/>
     <w:rsid w:val="00C03ACE"/>
     <w:rsid w:val="00C03D04"/>
     <w:rsid w:val="00C066B7"/>
     <w:rsid w:val="00C06FF8"/>
     <w:rsid w:val="00C073B6"/>
     <w:rsid w:val="00C07F56"/>
     <w:rsid w:val="00C1050F"/>
     <w:rsid w:val="00C14EEA"/>
     <w:rsid w:val="00C23F2B"/>
     <w:rsid w:val="00C24AC2"/>
     <w:rsid w:val="00C279DB"/>
     <w:rsid w:val="00C3272E"/>
     <w:rsid w:val="00C366E5"/>
     <w:rsid w:val="00C44930"/>
     <w:rsid w:val="00C44BD4"/>
     <w:rsid w:val="00C479DD"/>
     <w:rsid w:val="00C51ED4"/>
     <w:rsid w:val="00C524FB"/>
     <w:rsid w:val="00C55650"/>
     <w:rsid w:val="00C56211"/>
     <w:rsid w:val="00C56A3A"/>
     <w:rsid w:val="00C60DC6"/>
     <w:rsid w:val="00C66D17"/>
     <w:rsid w:val="00C7461B"/>
     <w:rsid w:val="00C74D11"/>
     <w:rsid w:val="00C806DE"/>
     <w:rsid w:val="00C811D0"/>
     <w:rsid w:val="00C813DE"/>
     <w:rsid w:val="00CA0F9C"/>
     <w:rsid w:val="00CA6187"/>
     <w:rsid w:val="00CB0289"/>
     <w:rsid w:val="00CB31D1"/>
     <w:rsid w:val="00CB4C90"/>
     <w:rsid w:val="00CC5D98"/>
     <w:rsid w:val="00CC62C2"/>
     <w:rsid w:val="00CD0E52"/>
     <w:rsid w:val="00CD6FBE"/>
     <w:rsid w:val="00CD793A"/>
     <w:rsid w:val="00CE1339"/>
     <w:rsid w:val="00CE3164"/>
-    <w:rsid w:val="00CE4DE1"/>
     <w:rsid w:val="00CE4ED2"/>
     <w:rsid w:val="00CE7033"/>
     <w:rsid w:val="00CE7B09"/>
     <w:rsid w:val="00CF08F7"/>
     <w:rsid w:val="00D00197"/>
     <w:rsid w:val="00D045B7"/>
     <w:rsid w:val="00D04982"/>
     <w:rsid w:val="00D11633"/>
     <w:rsid w:val="00D143D5"/>
     <w:rsid w:val="00D213AE"/>
     <w:rsid w:val="00D24534"/>
     <w:rsid w:val="00D25BE8"/>
-    <w:rsid w:val="00D42A32"/>
     <w:rsid w:val="00D43B56"/>
     <w:rsid w:val="00D45A9F"/>
     <w:rsid w:val="00D462D6"/>
     <w:rsid w:val="00D5285D"/>
     <w:rsid w:val="00D57DB1"/>
     <w:rsid w:val="00D62FA6"/>
     <w:rsid w:val="00D63033"/>
     <w:rsid w:val="00D64AFF"/>
     <w:rsid w:val="00D664C8"/>
     <w:rsid w:val="00D72A50"/>
     <w:rsid w:val="00D77812"/>
     <w:rsid w:val="00D823B1"/>
+    <w:rsid w:val="00D83037"/>
     <w:rsid w:val="00D8469D"/>
-    <w:rsid w:val="00D876EE"/>
     <w:rsid w:val="00D939CC"/>
     <w:rsid w:val="00D946F3"/>
     <w:rsid w:val="00D94ED7"/>
     <w:rsid w:val="00D95CA2"/>
     <w:rsid w:val="00DA332C"/>
     <w:rsid w:val="00DA344B"/>
     <w:rsid w:val="00DA453C"/>
     <w:rsid w:val="00DA69C5"/>
     <w:rsid w:val="00DB28E0"/>
     <w:rsid w:val="00DB3BF1"/>
     <w:rsid w:val="00DB7251"/>
     <w:rsid w:val="00DC3CFE"/>
     <w:rsid w:val="00DD6670"/>
     <w:rsid w:val="00DD72E4"/>
     <w:rsid w:val="00DE1A16"/>
     <w:rsid w:val="00DE1DC4"/>
     <w:rsid w:val="00DE2CBF"/>
     <w:rsid w:val="00DE4D44"/>
     <w:rsid w:val="00DE64B8"/>
     <w:rsid w:val="00DE6A97"/>
     <w:rsid w:val="00DF0294"/>
     <w:rsid w:val="00DF0EE7"/>
     <w:rsid w:val="00DF15C8"/>
     <w:rsid w:val="00DF31E9"/>
     <w:rsid w:val="00DF7577"/>
     <w:rsid w:val="00E004A2"/>
     <w:rsid w:val="00E035FB"/>
     <w:rsid w:val="00E03C72"/>
     <w:rsid w:val="00E03D6F"/>
     <w:rsid w:val="00E12CEF"/>
     <w:rsid w:val="00E2221A"/>
     <w:rsid w:val="00E30EE1"/>
     <w:rsid w:val="00E347F2"/>
     <w:rsid w:val="00E37AF3"/>
     <w:rsid w:val="00E419BD"/>
     <w:rsid w:val="00E4301F"/>
     <w:rsid w:val="00E46F26"/>
     <w:rsid w:val="00E4754A"/>
     <w:rsid w:val="00E5024E"/>
     <w:rsid w:val="00E54240"/>
     <w:rsid w:val="00E63288"/>
     <w:rsid w:val="00E73A0E"/>
     <w:rsid w:val="00E76542"/>
     <w:rsid w:val="00E7695D"/>
     <w:rsid w:val="00E81147"/>
     <w:rsid w:val="00E900B6"/>
     <w:rsid w:val="00E92C95"/>
     <w:rsid w:val="00E95062"/>
     <w:rsid w:val="00E97F6C"/>
     <w:rsid w:val="00EA25BA"/>
-    <w:rsid w:val="00EA4D3F"/>
     <w:rsid w:val="00EA5B53"/>
     <w:rsid w:val="00EA5CC0"/>
     <w:rsid w:val="00EA69A9"/>
     <w:rsid w:val="00EA77BC"/>
     <w:rsid w:val="00EB527A"/>
     <w:rsid w:val="00EB6B16"/>
     <w:rsid w:val="00EC1D91"/>
     <w:rsid w:val="00EC6579"/>
     <w:rsid w:val="00ED4736"/>
     <w:rsid w:val="00EE351A"/>
     <w:rsid w:val="00EE3F45"/>
     <w:rsid w:val="00EF1FEA"/>
     <w:rsid w:val="00EF7917"/>
     <w:rsid w:val="00F007C4"/>
     <w:rsid w:val="00F02385"/>
     <w:rsid w:val="00F03B1A"/>
     <w:rsid w:val="00F106EC"/>
     <w:rsid w:val="00F17DFC"/>
     <w:rsid w:val="00F261CB"/>
     <w:rsid w:val="00F26A15"/>
     <w:rsid w:val="00F3223C"/>
     <w:rsid w:val="00F35D5E"/>
     <w:rsid w:val="00F37BB9"/>
     <w:rsid w:val="00F42B18"/>
     <w:rsid w:val="00F47A86"/>
     <w:rsid w:val="00F51CDF"/>
     <w:rsid w:val="00F535F2"/>
     <w:rsid w:val="00F6411C"/>
     <w:rsid w:val="00F67299"/>
     <w:rsid w:val="00F67FFC"/>
     <w:rsid w:val="00F716E2"/>
     <w:rsid w:val="00F7446E"/>
     <w:rsid w:val="00F80E17"/>
     <w:rsid w:val="00F83401"/>
     <w:rsid w:val="00F84843"/>
     <w:rsid w:val="00F92520"/>
     <w:rsid w:val="00F92653"/>
     <w:rsid w:val="00F950C7"/>
     <w:rsid w:val="00F96A2E"/>
     <w:rsid w:val="00F970D2"/>
     <w:rsid w:val="00F9766F"/>
     <w:rsid w:val="00FA0157"/>
     <w:rsid w:val="00FA0850"/>
     <w:rsid w:val="00FA1439"/>
-    <w:rsid w:val="00FA41DE"/>
     <w:rsid w:val="00FA6C54"/>
     <w:rsid w:val="00FB244E"/>
     <w:rsid w:val="00FB3C08"/>
     <w:rsid w:val="00FB4C67"/>
     <w:rsid w:val="00FB5EEA"/>
     <w:rsid w:val="00FB6E24"/>
     <w:rsid w:val="00FC01C1"/>
     <w:rsid w:val="00FC34A7"/>
-    <w:rsid w:val="00FD1DDD"/>
+    <w:rsid w:val="00FC3E69"/>
     <w:rsid w:val="00FD6D43"/>
     <w:rsid w:val="00FE0734"/>
     <w:rsid w:val="00FE18A6"/>
     <w:rsid w:val="00FE3547"/>
     <w:rsid w:val="00FE6912"/>
     <w:rsid w:val="00FF177F"/>
     <w:rsid w:val="00FF3B04"/>
-    <w:rsid w:val="00FF792D"/>
-    <w:rsid w:val="00FF7987"/>
     <w:rsid w:val="056DDD44"/>
     <w:rsid w:val="06C6B6A7"/>
     <w:rsid w:val="08E787E1"/>
     <w:rsid w:val="094C2C57"/>
     <w:rsid w:val="0E08AADC"/>
     <w:rsid w:val="1CB2D967"/>
     <w:rsid w:val="1E4802E5"/>
     <w:rsid w:val="1E7D9F42"/>
     <w:rsid w:val="25F29087"/>
     <w:rsid w:val="28160F56"/>
     <w:rsid w:val="335A0608"/>
     <w:rsid w:val="3C65FFBC"/>
     <w:rsid w:val="3F31E222"/>
     <w:rsid w:val="53754A8F"/>
     <w:rsid w:val="585884E8"/>
     <w:rsid w:val="59A06C60"/>
     <w:rsid w:val="5A4077B8"/>
     <w:rsid w:val="7A0C4C4D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -11601,99 +11091,189 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...14 lines deleted...]
-    <xsd:import namespace="98759d08-58f8-4976-a546-5f138af81c6e"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100022D1A940ACCB14BAE85850C8C99A85A" ma:contentTypeVersion="16" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="53c7196bb078f7c5ac557b0d0cacd5f6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="41950c53-305e-4b2f-afd8-d6efe2071379" xmlns:ns3="46818493-bec1-41d7-960b-0f194f1e91f6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a3a7912c7b87cfb5c96decf0ce8fb6b9" ns2:_="" ns3:_="">
+    <xsd:import namespace="41950c53-305e-4b2f-afd8-d6efe2071379"/>
+    <xsd:import namespace="46818493-bec1-41d7-960b-0f194f1e91f6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="98759d08-58f8-4976-a546-5f138af81c6e" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="41950c53-305e-4b2f-afd8-d6efe2071379" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8c601a9a-0a90-4571-9dab-b85a2d4c7ac3" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="46818493-bec1-41d7-960b-0f194f1e91f6" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Freigegeben für" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Freigegeben für - Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{3e7cb7a3-ec38-4791-9e3d-b9f581b5a0b2}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="46818493-bec1-41d7-960b-0f194f1e91f6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhaltstyp"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -11751,151 +11331,165 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="41950c53-305e-4b2f-afd8-d6efe2071379">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="46818493-bec1-41d7-960b-0f194f1e91f6" xsi:nil="true"/>
+  </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA2911F2-3789-4B13-90A2-B66584DC5DA0}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8CA5CC5E-2AAA-4E34-8BD3-40E6324927C2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="98759d08-58f8-4976-a546-5f138af81c6e"/>
+    <ds:schemaRef ds:uri="41950c53-305e-4b2f-afd8-d6efe2071379"/>
+    <ds:schemaRef ds:uri="46818493-bec1-41d7-960b-0f194f1e91f6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{369C8409-F7E0-4839-B4B2-651E69FC03BC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="98759d08-58f8-4976-a546-5f138af81c6e"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="41950c53-305e-4b2f-afd8-d6efe2071379"/>
+    <ds:schemaRef ds:uri="46818493-bec1-41d7-960b-0f194f1e91f6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1D85848-B09D-45BE-8C22-D0A3AC26A6A8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A565A11-BACC-4045-A2C6-9BAF75343ED2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>b_SSSA, Kopf Logo.dot</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>1439</Words>
-  <Characters>8591</Characters>
+  <Words>1382</Words>
+  <Characters>8712</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>343</Lines>
-  <Paragraphs>149</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Titolo</vt:lpstr>
+        <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Titel</vt:lpstr>
+        <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Lorem ipsum autem vel eum iriure dolor in hendrerit in vulputate</vt:lpstr>
       <vt:lpstr>Lorem ipsum autem vel eum iriure dolor in hendrerit in vulputate</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>POLYESTHER</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9881</CharactersWithSpaces>
+  <CharactersWithSpaces>10074</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Lorem ipsum autem vel eum iriure dolor in hendrerit in vulputate</dc:title>
   <dc:subject/>
   <dc:creator>Stephan Müller</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x01010074F83FC9FAAAC54B8815D9705A400340</vt:lpwstr>
+    <vt:lpwstr>0x010100022D1A940ACCB14BAE85850C8C99A85A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
-    <vt:lpwstr>de</vt:lpwstr>
+    <vt:lpwstr>it</vt:lpwstr>
   </property>
 </Properties>
 </file>