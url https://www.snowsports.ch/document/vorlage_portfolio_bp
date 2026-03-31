--- v0 (2025-12-14)
+++ v1 (2026-03-31)
@@ -176,51 +176,51 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1A3145B5" w14:textId="77777777" w:rsidR="00C03D04" w:rsidRPr="00C03D04" w:rsidRDefault="00C03D04" w:rsidP="00BB2098"/>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpYSpec="bottom"/>
         <w:tblW w:w="3857" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7393"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C03D04" w14:paraId="609D5688" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7221" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="216" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="216" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3328182F" w14:textId="6D6E26D0" w:rsidR="00EC1D91" w:rsidRPr="00112CD2" w:rsidRDefault="00EC1D91">
+          <w:p w14:paraId="3328182F" w14:textId="77864086" w:rsidR="00EC1D91" w:rsidRPr="00112CD2" w:rsidRDefault="00EC1D91">
             <w:pPr>
               <w:pStyle w:val="KeinLeerraum"/>
               <w:rPr>
                 <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
                 <w:color w:val="5D9CBF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00112CD2">
               <w:rPr>
                 <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
                 <w:color w:val="5D9CBF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="Vorname Name"/>
@@ -968,90 +968,92 @@
       </w:r>
       <w:r w:rsidR="0021482E">
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidR="00BC59E8" w:rsidRPr="00BC59E8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0021482E">
         <w:t>du</w:t>
       </w:r>
       <w:r w:rsidR="00BC59E8" w:rsidRPr="00BC59E8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0021482E">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00BC59E8" w:rsidRPr="00BC59E8">
         <w:t xml:space="preserve">eine Rolle als Schneesportlehrperson und welche Werte und Haltung leiten </w:t>
       </w:r>
       <w:r w:rsidR="0021482E">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00BC59E8" w:rsidRPr="00BC59E8">
         <w:t xml:space="preserve">ich im Unterricht und im Umgang mit Gästen, Lernenden und </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00BC59E8" w:rsidRPr="00BC59E8">
         <w:t>Kolleg:innen</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00BC59E8" w:rsidRPr="00BC59E8">
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23EAF7AE" w14:textId="77777777" w:rsidR="00BB2098" w:rsidRDefault="00BB2098" w:rsidP="00BB2098"/>
-    <w:p w14:paraId="3BDA17AF" w14:textId="4CFFB89D" w:rsidR="004B7815" w:rsidRDefault="004B7815" w:rsidP="00BB2098">
+    <w:p w14:paraId="3BDA17AF" w14:textId="5456E062" w:rsidR="004B7815" w:rsidRDefault="004B7815" w:rsidP="00BB2098">
       <w:r w:rsidRPr="00C811D0">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00C811D0">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00C811D0">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00FB1F6B">
-[...11 lines deleted...]
-      <w:r w:rsidR="00FB1F6B">
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C811D0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="252CC7A4" w14:textId="77777777" w:rsidR="004B7815" w:rsidRPr="0058453B" w:rsidRDefault="004B7815" w:rsidP="00BB2098"/>
     <w:p w14:paraId="7FF41BAD" w14:textId="48648109" w:rsidR="00BB2098" w:rsidRDefault="0041166D" w:rsidP="00BB2098">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Profession</w:t>
       </w:r>
       <w:r w:rsidR="00B82A5A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>alität:</w:t>
       </w:r>
       <w:r w:rsidR="004B7815" w:rsidRPr="00AA5083">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1516,85 +1518,98 @@
             <w:r w:rsidRPr="009B34ED">
               <w:t>Erwartungen / Ziele</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63A883E5" w14:textId="250C96D2" w:rsidR="0003197E" w:rsidRPr="00D24534" w:rsidRDefault="003F13AC" w:rsidP="00BB2098">
             <w:r w:rsidRPr="003F13AC">
               <w:t>Erwartungen des Gastes. Welche Ziele wurden formuliert (</w:t>
             </w:r>
             <w:r w:rsidR="00DD6670">
               <w:t xml:space="preserve">z.B. </w:t>
             </w:r>
             <w:r w:rsidRPr="003F13AC">
               <w:t>SMART)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52D8DBCE" w14:textId="77777777" w:rsidR="0056091F" w:rsidRPr="006C74D6" w:rsidRDefault="0056091F" w:rsidP="00BB2098">
-            <w:r w:rsidRPr="006C74D6">
+          <w:p w14:paraId="52D8DBCE" w14:textId="1CCFE509" w:rsidR="0056091F" w:rsidRPr="006C74D6" w:rsidRDefault="002A7290" w:rsidP="00BB2098">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006C74D6">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006C74D6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006C74D6">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="006C74D6">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0056091F" w:rsidRPr="00C811D0" w14:paraId="667D5629" w14:textId="77777777" w:rsidTr="00BF0896">
         <w:trPr>
           <w:trHeight w:val="464"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03DB178C" w14:textId="3D9686A6" w:rsidR="0056091F" w:rsidRPr="009B34ED" w:rsidRDefault="00295287" w:rsidP="00BB2098">
             <w:r w:rsidRPr="009B34ED">
               <w:t>Motivation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3892,58 +3907,58 @@
       <w:r w:rsidR="004B6315" w:rsidRPr="00C811D0">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:fldSimple w:instr=" AUTOTEXT  &quot; Einfaches Textfeld&quot;  \* MERGEFORMAT "/>
     </w:p>
     <w:p w14:paraId="068995DA" w14:textId="77777777" w:rsidR="002E6BF4" w:rsidRDefault="002E6BF4" w:rsidP="00BB2098"/>
     <w:sectPr w:rsidR="002E6BF4" w:rsidSect="00C03D04">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1560" w:right="1021" w:bottom="1134" w:left="1531" w:header="567" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3ACDD528" w14:textId="77777777" w:rsidR="0049789A" w:rsidRDefault="0049789A" w:rsidP="00BB2098">
+    <w:p w14:paraId="566FA080" w14:textId="77777777" w:rsidR="006D63A8" w:rsidRDefault="006D63A8" w:rsidP="00BB2098">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49316B12" w14:textId="77777777" w:rsidR="0049789A" w:rsidRDefault="0049789A" w:rsidP="00BB2098">
+    <w:p w14:paraId="5F40F14D" w14:textId="77777777" w:rsidR="006D63A8" w:rsidRDefault="006D63A8" w:rsidP="00BB2098">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4101,137 +4116,137 @@
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
       </w:rPr>
       <w:t xml:space="preserve"> von </w:t>
     </w:r>
     <w:r w:rsidR="00AD63EE">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3C0D1D77" w14:textId="77777777" w:rsidR="00311B79" w:rsidRPr="00311B79" w:rsidRDefault="00311B79" w:rsidP="00BB2098">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78419E1F" w14:textId="77777777" w:rsidR="0049789A" w:rsidRDefault="0049789A" w:rsidP="00BB2098">
+    <w:p w14:paraId="71FDADAE" w14:textId="77777777" w:rsidR="006D63A8" w:rsidRDefault="006D63A8" w:rsidP="00BB2098">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C537B72" w14:textId="77777777" w:rsidR="0049789A" w:rsidRDefault="0049789A" w:rsidP="00BB2098">
+    <w:p w14:paraId="1FF83C6A" w14:textId="77777777" w:rsidR="006D63A8" w:rsidRDefault="006D63A8" w:rsidP="00BB2098">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4CAB6D8D" w14:textId="5F7774A3" w:rsidR="00330438" w:rsidRDefault="00000000" w:rsidP="00BB2098">
+  <w:p w14:paraId="4CAB6D8D" w14:textId="5F7774A3" w:rsidR="00330438" w:rsidRDefault="006D63A8" w:rsidP="00BB2098">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="35706EAE">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="_x0000_s1029" type="#_x0000_t75" alt="" style="position:absolute;margin-left:292.65pt;margin-top:3.95pt;width:180.75pt;height:24pt;z-index:1;visibility:visible;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
+        <v:shape id="_x0000_s1029" type="#_x0000_t75" alt="" style="position:absolute;margin-left:292.65pt;margin-top:3.95pt;width:180.75pt;height:24pt;z-index:251657216;visibility:visible;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
           <v:imagedata r:id="rId1" o:title=""/>
           <w10:wrap type="square"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="78B9152B" w14:textId="04C28715" w:rsidR="00BC3B9E" w:rsidRDefault="00000000" w:rsidP="00BB2098">
+  <w:p w14:paraId="78B9152B" w14:textId="04C28715" w:rsidR="00BC3B9E" w:rsidRDefault="006D63A8" w:rsidP="00BB2098">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="315AE775">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="_x0000_s1028" type="#_x0000_t75" alt="" style="position:absolute;margin-left:308.15pt;margin-top:2.15pt;width:180.75pt;height:24pt;z-index:2;visibility:visible;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
+        <v:shape id="_x0000_s1028" type="#_x0000_t75" alt="" style="position:absolute;margin-left:308.15pt;margin-top:2.15pt;width:180.75pt;height:24pt;z-index:251658240;visibility:visible;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0">
           <v:imagedata r:id="rId1" o:title=""/>
           <w10:wrap type="square"/>
         </v:shape>
       </w:pict>
     </w:r>
     <w:r w:rsidR="00C03D04">
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E7369460"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
@@ -6205,56 +6220,56 @@
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2049446972">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val="•"/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="0"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:hint="default"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="59527402">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="8PqRP6rNESuni1qaiTlr3tztzhJSqicM9l1aXK00luTd6UAHhgOpWOeurhrCNe5Q9Ladq/jCiry/HGjoxPpQeg==" w:salt="hbpw9MSxJDrGZfJl5koVNg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="VnLA9RyyDwcExKWGH8hOltpIn6AIyIfzbA+blb5AwSKJqB6o/XkJ9ogYKO/Q07RUsoizwduGTWiaposI+SH0ow==" w:salt="OJWnph9Zk4vPS5mHCVdbiw=="/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:consecutiveHyphenLimit w:val="3"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:footnoteLayoutLikeWW8/>
@@ -6386,50 +6401,51 @@
     <w:rsid w:val="002114D1"/>
     <w:rsid w:val="0021482E"/>
     <w:rsid w:val="00221731"/>
     <w:rsid w:val="00221870"/>
     <w:rsid w:val="0022568E"/>
     <w:rsid w:val="00225DA6"/>
     <w:rsid w:val="00226737"/>
     <w:rsid w:val="002361B8"/>
     <w:rsid w:val="00240300"/>
     <w:rsid w:val="00242161"/>
     <w:rsid w:val="0024657B"/>
     <w:rsid w:val="00250CB4"/>
     <w:rsid w:val="002543A7"/>
     <w:rsid w:val="00255285"/>
     <w:rsid w:val="00256368"/>
     <w:rsid w:val="00267F12"/>
     <w:rsid w:val="00272070"/>
     <w:rsid w:val="00272F4B"/>
     <w:rsid w:val="00276990"/>
     <w:rsid w:val="00283382"/>
     <w:rsid w:val="002848B0"/>
     <w:rsid w:val="00295287"/>
     <w:rsid w:val="002A187B"/>
     <w:rsid w:val="002A1A93"/>
     <w:rsid w:val="002A61BC"/>
+    <w:rsid w:val="002A7290"/>
     <w:rsid w:val="002A798D"/>
     <w:rsid w:val="002B05F3"/>
     <w:rsid w:val="002B30F2"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B6C8F"/>
     <w:rsid w:val="002C354E"/>
     <w:rsid w:val="002C5743"/>
     <w:rsid w:val="002D002E"/>
     <w:rsid w:val="002D306B"/>
     <w:rsid w:val="002D4626"/>
     <w:rsid w:val="002D4A64"/>
     <w:rsid w:val="002D4F0B"/>
     <w:rsid w:val="002D5611"/>
     <w:rsid w:val="002D6655"/>
     <w:rsid w:val="002E66DB"/>
     <w:rsid w:val="002E6BF4"/>
     <w:rsid w:val="002E7822"/>
     <w:rsid w:val="002E7FD8"/>
     <w:rsid w:val="002F7AB1"/>
     <w:rsid w:val="00301040"/>
     <w:rsid w:val="003025A8"/>
     <w:rsid w:val="0030482F"/>
     <w:rsid w:val="003061B8"/>
     <w:rsid w:val="003062C2"/>
     <w:rsid w:val="00311B79"/>
@@ -6469,62 +6485,60 @@
     <w:rsid w:val="00393DBF"/>
     <w:rsid w:val="003A0CA1"/>
     <w:rsid w:val="003A6466"/>
     <w:rsid w:val="003B46D1"/>
     <w:rsid w:val="003B560B"/>
     <w:rsid w:val="003B6638"/>
     <w:rsid w:val="003C16D5"/>
     <w:rsid w:val="003C6F2B"/>
     <w:rsid w:val="003D0CCD"/>
     <w:rsid w:val="003D17FF"/>
     <w:rsid w:val="003D2997"/>
     <w:rsid w:val="003E0294"/>
     <w:rsid w:val="003E341E"/>
     <w:rsid w:val="003E55B1"/>
     <w:rsid w:val="003E5B38"/>
     <w:rsid w:val="003E670F"/>
     <w:rsid w:val="003F13AC"/>
     <w:rsid w:val="0041166D"/>
     <w:rsid w:val="0042240D"/>
     <w:rsid w:val="004318A1"/>
     <w:rsid w:val="00431E89"/>
     <w:rsid w:val="00432639"/>
     <w:rsid w:val="0043594A"/>
     <w:rsid w:val="0043746A"/>
     <w:rsid w:val="00440E24"/>
-    <w:rsid w:val="0045336D"/>
     <w:rsid w:val="004677CD"/>
     <w:rsid w:val="004726FC"/>
     <w:rsid w:val="00473524"/>
     <w:rsid w:val="00483C62"/>
     <w:rsid w:val="004846FC"/>
     <w:rsid w:val="004859B8"/>
     <w:rsid w:val="00486F80"/>
     <w:rsid w:val="004920C7"/>
     <w:rsid w:val="00493DC9"/>
     <w:rsid w:val="00496D7D"/>
-    <w:rsid w:val="0049789A"/>
     <w:rsid w:val="004A2FFC"/>
     <w:rsid w:val="004A76F2"/>
     <w:rsid w:val="004A7D2E"/>
     <w:rsid w:val="004B3741"/>
     <w:rsid w:val="004B4F68"/>
     <w:rsid w:val="004B6315"/>
     <w:rsid w:val="004B6D5F"/>
     <w:rsid w:val="004B7815"/>
     <w:rsid w:val="004D3019"/>
     <w:rsid w:val="004D51C6"/>
     <w:rsid w:val="004D7585"/>
     <w:rsid w:val="004E4B36"/>
     <w:rsid w:val="004E7038"/>
     <w:rsid w:val="004F2773"/>
     <w:rsid w:val="004F59E2"/>
     <w:rsid w:val="004F7CA6"/>
     <w:rsid w:val="00502EFF"/>
     <w:rsid w:val="00504847"/>
     <w:rsid w:val="00507F32"/>
     <w:rsid w:val="00510A60"/>
     <w:rsid w:val="0051454A"/>
     <w:rsid w:val="00515AA2"/>
     <w:rsid w:val="00524B90"/>
     <w:rsid w:val="00531877"/>
     <w:rsid w:val="00537109"/>
@@ -6546,127 +6560,129 @@
     <w:rsid w:val="00583B14"/>
     <w:rsid w:val="0058453B"/>
     <w:rsid w:val="005949BA"/>
     <w:rsid w:val="005A2623"/>
     <w:rsid w:val="005A34B2"/>
     <w:rsid w:val="005A491A"/>
     <w:rsid w:val="005A699E"/>
     <w:rsid w:val="005B1AE2"/>
     <w:rsid w:val="005B28B2"/>
     <w:rsid w:val="005B7D48"/>
     <w:rsid w:val="005C7A49"/>
     <w:rsid w:val="005D1F4D"/>
     <w:rsid w:val="005D3D2E"/>
     <w:rsid w:val="005D5AC6"/>
     <w:rsid w:val="005E4C17"/>
     <w:rsid w:val="005E6114"/>
     <w:rsid w:val="005E6BEF"/>
     <w:rsid w:val="005F2F80"/>
     <w:rsid w:val="005F382D"/>
     <w:rsid w:val="005F6E46"/>
     <w:rsid w:val="006024C7"/>
     <w:rsid w:val="00605ECE"/>
     <w:rsid w:val="00606595"/>
     <w:rsid w:val="00613861"/>
     <w:rsid w:val="00613F98"/>
-    <w:rsid w:val="0061592A"/>
     <w:rsid w:val="00616E69"/>
     <w:rsid w:val="00617614"/>
     <w:rsid w:val="00621702"/>
     <w:rsid w:val="006222C8"/>
     <w:rsid w:val="00622EC4"/>
     <w:rsid w:val="00623F5F"/>
     <w:rsid w:val="0062619C"/>
     <w:rsid w:val="00631809"/>
     <w:rsid w:val="00632A10"/>
     <w:rsid w:val="0063772F"/>
     <w:rsid w:val="00644EF8"/>
     <w:rsid w:val="00645D5D"/>
     <w:rsid w:val="0064667D"/>
     <w:rsid w:val="00652314"/>
     <w:rsid w:val="006537AF"/>
     <w:rsid w:val="00655F4A"/>
     <w:rsid w:val="006575F3"/>
     <w:rsid w:val="00657B1B"/>
     <w:rsid w:val="006607B2"/>
     <w:rsid w:val="00660D9A"/>
     <w:rsid w:val="00663892"/>
     <w:rsid w:val="00670F61"/>
     <w:rsid w:val="006738E0"/>
     <w:rsid w:val="00674077"/>
     <w:rsid w:val="00675455"/>
     <w:rsid w:val="006762B0"/>
     <w:rsid w:val="00680029"/>
     <w:rsid w:val="006836E7"/>
     <w:rsid w:val="00684F29"/>
+    <w:rsid w:val="00686941"/>
     <w:rsid w:val="006936CF"/>
     <w:rsid w:val="00693869"/>
     <w:rsid w:val="006A3660"/>
     <w:rsid w:val="006B1D27"/>
     <w:rsid w:val="006B27C3"/>
     <w:rsid w:val="006B334B"/>
     <w:rsid w:val="006B3BDF"/>
     <w:rsid w:val="006C22A2"/>
     <w:rsid w:val="006C74D6"/>
     <w:rsid w:val="006D1630"/>
     <w:rsid w:val="006D5A42"/>
     <w:rsid w:val="006D5CFE"/>
+    <w:rsid w:val="006D63A8"/>
     <w:rsid w:val="006D644A"/>
     <w:rsid w:val="006D704E"/>
     <w:rsid w:val="006E1E5A"/>
     <w:rsid w:val="006E2941"/>
     <w:rsid w:val="006F1DFD"/>
     <w:rsid w:val="006F6565"/>
     <w:rsid w:val="006F74E5"/>
     <w:rsid w:val="006F757D"/>
     <w:rsid w:val="00701435"/>
     <w:rsid w:val="00706446"/>
     <w:rsid w:val="00706C56"/>
     <w:rsid w:val="0071358E"/>
     <w:rsid w:val="0072125C"/>
     <w:rsid w:val="00724F70"/>
     <w:rsid w:val="0072512B"/>
     <w:rsid w:val="00735FD6"/>
     <w:rsid w:val="00736577"/>
     <w:rsid w:val="007435DD"/>
     <w:rsid w:val="00743A4E"/>
     <w:rsid w:val="00744FB0"/>
     <w:rsid w:val="00745B2D"/>
     <w:rsid w:val="0075489F"/>
     <w:rsid w:val="00754B2D"/>
     <w:rsid w:val="00754E73"/>
     <w:rsid w:val="00757A25"/>
     <w:rsid w:val="00757E64"/>
     <w:rsid w:val="007625D1"/>
     <w:rsid w:val="00765571"/>
     <w:rsid w:val="00776F70"/>
     <w:rsid w:val="00781157"/>
     <w:rsid w:val="007820B6"/>
     <w:rsid w:val="007821AC"/>
     <w:rsid w:val="00782BD0"/>
     <w:rsid w:val="007921CB"/>
     <w:rsid w:val="007950E9"/>
+    <w:rsid w:val="0079584B"/>
     <w:rsid w:val="007A2905"/>
     <w:rsid w:val="007A3714"/>
     <w:rsid w:val="007A719E"/>
     <w:rsid w:val="007A7C56"/>
     <w:rsid w:val="007B2F4F"/>
     <w:rsid w:val="007B64CA"/>
     <w:rsid w:val="007B6EB7"/>
     <w:rsid w:val="007C4A87"/>
     <w:rsid w:val="007C73EB"/>
     <w:rsid w:val="007D22FC"/>
     <w:rsid w:val="007D55A2"/>
     <w:rsid w:val="007E2756"/>
     <w:rsid w:val="007E2C6D"/>
     <w:rsid w:val="007F37E0"/>
     <w:rsid w:val="007F42D7"/>
     <w:rsid w:val="00802ACA"/>
     <w:rsid w:val="008144AC"/>
     <w:rsid w:val="00816043"/>
     <w:rsid w:val="00817A09"/>
     <w:rsid w:val="00825FBE"/>
     <w:rsid w:val="0082604A"/>
     <w:rsid w:val="00832D8C"/>
     <w:rsid w:val="00832DDB"/>
     <w:rsid w:val="00833CC6"/>
     <w:rsid w:val="00841BF6"/>
@@ -6708,50 +6724,51 @@
     <w:rsid w:val="008F2AE6"/>
     <w:rsid w:val="008F2EC5"/>
     <w:rsid w:val="008F3740"/>
     <w:rsid w:val="008F55FE"/>
     <w:rsid w:val="008F7D2E"/>
     <w:rsid w:val="009036D7"/>
     <w:rsid w:val="00914941"/>
     <w:rsid w:val="009161B7"/>
     <w:rsid w:val="009243D8"/>
     <w:rsid w:val="00925C3B"/>
     <w:rsid w:val="00926924"/>
     <w:rsid w:val="009331EC"/>
     <w:rsid w:val="00944FDC"/>
     <w:rsid w:val="009454C9"/>
     <w:rsid w:val="009526EF"/>
     <w:rsid w:val="00962E30"/>
     <w:rsid w:val="00963DF9"/>
     <w:rsid w:val="00963FF0"/>
     <w:rsid w:val="00970063"/>
     <w:rsid w:val="00976BBF"/>
     <w:rsid w:val="00980017"/>
     <w:rsid w:val="00981D51"/>
     <w:rsid w:val="00983F06"/>
     <w:rsid w:val="00984646"/>
     <w:rsid w:val="009858DF"/>
+    <w:rsid w:val="00995D40"/>
     <w:rsid w:val="009A588D"/>
     <w:rsid w:val="009A7E58"/>
     <w:rsid w:val="009B01FB"/>
     <w:rsid w:val="009B0E72"/>
     <w:rsid w:val="009B0EEE"/>
     <w:rsid w:val="009B2495"/>
     <w:rsid w:val="009B34ED"/>
     <w:rsid w:val="009B4662"/>
     <w:rsid w:val="009B6AB2"/>
     <w:rsid w:val="009C207D"/>
     <w:rsid w:val="009E0E13"/>
     <w:rsid w:val="009F17C7"/>
     <w:rsid w:val="009F52D7"/>
     <w:rsid w:val="00A022CB"/>
     <w:rsid w:val="00A07987"/>
     <w:rsid w:val="00A11CB4"/>
     <w:rsid w:val="00A12353"/>
     <w:rsid w:val="00A162DC"/>
     <w:rsid w:val="00A17A1A"/>
     <w:rsid w:val="00A20888"/>
     <w:rsid w:val="00A21435"/>
     <w:rsid w:val="00A314DB"/>
     <w:rsid w:val="00A4026C"/>
     <w:rsid w:val="00A44A51"/>
     <w:rsid w:val="00A50817"/>
@@ -6870,51 +6887,50 @@
     <w:rsid w:val="00CE4ED2"/>
     <w:rsid w:val="00CE7033"/>
     <w:rsid w:val="00CE7B09"/>
     <w:rsid w:val="00CF08F7"/>
     <w:rsid w:val="00D00197"/>
     <w:rsid w:val="00D045B7"/>
     <w:rsid w:val="00D04982"/>
     <w:rsid w:val="00D11633"/>
     <w:rsid w:val="00D143D5"/>
     <w:rsid w:val="00D213AE"/>
     <w:rsid w:val="00D24534"/>
     <w:rsid w:val="00D25BE8"/>
     <w:rsid w:val="00D43B56"/>
     <w:rsid w:val="00D45A9F"/>
     <w:rsid w:val="00D462D6"/>
     <w:rsid w:val="00D5285D"/>
     <w:rsid w:val="00D57DB1"/>
     <w:rsid w:val="00D62FA6"/>
     <w:rsid w:val="00D63033"/>
     <w:rsid w:val="00D64AFF"/>
     <w:rsid w:val="00D664C8"/>
     <w:rsid w:val="00D72A50"/>
     <w:rsid w:val="00D77812"/>
     <w:rsid w:val="00D823B1"/>
     <w:rsid w:val="00D8469D"/>
-    <w:rsid w:val="00D934A5"/>
     <w:rsid w:val="00D946F3"/>
     <w:rsid w:val="00D94ED7"/>
     <w:rsid w:val="00D95CA2"/>
     <w:rsid w:val="00DA332C"/>
     <w:rsid w:val="00DA344B"/>
     <w:rsid w:val="00DA453C"/>
     <w:rsid w:val="00DA69C5"/>
     <w:rsid w:val="00DB28E0"/>
     <w:rsid w:val="00DB3BF1"/>
     <w:rsid w:val="00DB7251"/>
     <w:rsid w:val="00DC3CFE"/>
     <w:rsid w:val="00DD6670"/>
     <w:rsid w:val="00DD72E4"/>
     <w:rsid w:val="00DE1A16"/>
     <w:rsid w:val="00DE1DC4"/>
     <w:rsid w:val="00DE2CBF"/>
     <w:rsid w:val="00DE4D44"/>
     <w:rsid w:val="00DE64B8"/>
     <w:rsid w:val="00DE6A97"/>
     <w:rsid w:val="00DF0294"/>
     <w:rsid w:val="00DF0EE7"/>
     <w:rsid w:val="00DF15C8"/>
     <w:rsid w:val="00DF31E9"/>
     <w:rsid w:val="00DF7577"/>
     <w:rsid w:val="00E004A2"/>
@@ -6963,65 +6979,65 @@
     <w:rsid w:val="00F3223C"/>
     <w:rsid w:val="00F35D5E"/>
     <w:rsid w:val="00F37BB9"/>
     <w:rsid w:val="00F42B18"/>
     <w:rsid w:val="00F47A86"/>
     <w:rsid w:val="00F51CDF"/>
     <w:rsid w:val="00F535F2"/>
     <w:rsid w:val="00F6411C"/>
     <w:rsid w:val="00F67299"/>
     <w:rsid w:val="00F67FFC"/>
     <w:rsid w:val="00F716E2"/>
     <w:rsid w:val="00F7446E"/>
     <w:rsid w:val="00F80E17"/>
     <w:rsid w:val="00F83401"/>
     <w:rsid w:val="00F84843"/>
     <w:rsid w:val="00F92520"/>
     <w:rsid w:val="00F92653"/>
     <w:rsid w:val="00F950C7"/>
     <w:rsid w:val="00F96A2E"/>
     <w:rsid w:val="00F970D2"/>
     <w:rsid w:val="00F9766F"/>
     <w:rsid w:val="00FA0157"/>
     <w:rsid w:val="00FA0850"/>
     <w:rsid w:val="00FA1439"/>
     <w:rsid w:val="00FA6C54"/>
-    <w:rsid w:val="00FB1F6B"/>
     <w:rsid w:val="00FB244E"/>
     <w:rsid w:val="00FB3C08"/>
     <w:rsid w:val="00FB4C67"/>
     <w:rsid w:val="00FB5EEA"/>
     <w:rsid w:val="00FB6E24"/>
     <w:rsid w:val="00FC01C1"/>
     <w:rsid w:val="00FC34A7"/>
     <w:rsid w:val="00FD6D43"/>
     <w:rsid w:val="00FE0734"/>
     <w:rsid w:val="00FE18A6"/>
     <w:rsid w:val="00FE3547"/>
     <w:rsid w:val="00FE6912"/>
     <w:rsid w:val="00FF177F"/>
     <w:rsid w:val="00FF3B04"/>
+    <w:rsid w:val="00FF6B90"/>
     <w:rsid w:val="056DDD44"/>
     <w:rsid w:val="06C6B6A7"/>
     <w:rsid w:val="08E787E1"/>
     <w:rsid w:val="094C2C57"/>
     <w:rsid w:val="0E08AADC"/>
     <w:rsid w:val="1CB2D967"/>
     <w:rsid w:val="1E4802E5"/>
     <w:rsid w:val="1E7D9F42"/>
     <w:rsid w:val="25F29087"/>
     <w:rsid w:val="28160F56"/>
     <w:rsid w:val="335A0608"/>
     <w:rsid w:val="3C65FFBC"/>
     <w:rsid w:val="3F31E222"/>
     <w:rsid w:val="53754A8F"/>
     <w:rsid w:val="585884E8"/>
     <w:rsid w:val="59A06C60"/>
     <w:rsid w:val="5A4077B8"/>
     <w:rsid w:val="7A0C4C4D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -7988,52 +8004,52 @@
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="41950c53-305e-4b2f-afd8-d6efe2071379">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="46818493-bec1-41d7-960b-0f194f1e91f6" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100022D1A940ACCB14BAE85850C8C99A85A" ma:contentTypeVersion="16" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="c485383758da6225720566b83936d7c9">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="41950c53-305e-4b2f-afd8-d6efe2071379" xmlns:ns3="46818493-bec1-41d7-960b-0f194f1e91f6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="57191169bf7df8525db62e708acc1c52" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100022D1A940ACCB14BAE85850C8C99A85A" ma:contentTypeVersion="16" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="53c7196bb078f7c5ac557b0d0cacd5f6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="41950c53-305e-4b2f-afd8-d6efe2071379" xmlns:ns3="46818493-bec1-41d7-960b-0f194f1e91f6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a3a7912c7b87cfb5c96decf0ce8fb6b9" ns2:_="" ns3:_="">
     <xsd:import namespace="41950c53-305e-4b2f-afd8-d6efe2071379"/>
     <xsd:import namespace="46818493-bec1-41d7-960b-0f194f1e91f6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -8233,72 +8249,89 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{369C8409-F7E0-4839-B4B2-651E69FC03BC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="41950c53-305e-4b2f-afd8-d6efe2071379"/>
+    <ds:schemaRef ds:uri="46818493-bec1-41d7-960b-0f194f1e91f6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1D85848-B09D-45BE-8C22-D0A3AC26A6A8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A565A11-BACC-4045-A2C6-9BAF75343ED2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C92F168B-EBF1-4E88-8F6D-7AB9DEF47AD0}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95A25B53-FFEA-4B94-9367-093FD7BDEFDD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="41950c53-305e-4b2f-afd8-d6efe2071379"/>
+    <ds:schemaRef ds:uri="46818493-bec1-41d7-960b-0f194f1e91f6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>b_SSSA, Kopf Logo.dot</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
   <Words>1335</Words>
   <Characters>8417</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>70</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>